--- v0 (2025-10-24)
+++ v1 (2025-12-11)
@@ -548,56 +548,56 @@
           <t>м. Золочів</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Січових стрільців, 2</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(03265) 42037</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>vch3007@ngu.gov.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>http://ncngu.site/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Начальник Навчального центру Національної гвардії України</t>
+          <t>Тимчасово виконуючий обов'язки за вакантною посадою начальника Навчального центру Національної гвардії України</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Манько Андрій Васильович</t>
+          <t>Білаш Олександр Олександрович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>