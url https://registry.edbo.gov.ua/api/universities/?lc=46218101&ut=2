--- v1 (2025-12-11)
+++ v2 (2026-02-14)
@@ -380,52 +380,58 @@
           <t>м. Золочів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Труша, 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>067 371 56 07</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>zolochiv.tsou@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T2" s="5"/>
-      <c r="U2" s="8"/>
-      <c r="V2" s="5"/>
+      <c r="U2" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V2" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Золочівський професійний ліцей</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1692</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ЗПЛ</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>2003</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -548,51 +554,51 @@
           <t>м. Золочів</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Січових стрільців, 2</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(03265) 42037</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>vch3007@ngu.gov.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>http://ncngu.site/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Тимчасово виконуючий обов'язки за вакантною посадою начальника Навчального центру Національної гвардії України</t>
+          <t>Начальник Навчального центру імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Білаш Олександр Олександрович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>