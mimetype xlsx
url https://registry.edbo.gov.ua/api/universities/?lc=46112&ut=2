--- v0 (2025-12-05)
+++ v1 (2026-03-09)
@@ -556,56 +556,56 @@
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. О.Кобилянської, 4</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>0324571327; 0324571311</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>vpu8@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>vpu8.org.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.О.Директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Федор Надія Осипівна</t>
+          <t>Хвоя Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Стрийське вище художнє професійне училище"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1731</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Стрийське ВХПУ"</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1944</v>
       </c>
@@ -627,60 +627,52 @@
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Болехівська, 29</t>
         </is>
       </c>
-      <c r="P5" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P5" s="5"/>
+      <c r="Q5" s="5"/>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Берездецький Роман Іванович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Стрийський міжшкільний ресурсний центр</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>6891</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">