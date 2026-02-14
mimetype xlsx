--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -306,292 +306,296 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>2 Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій у Львівській області</t>
+          <t>Вище професійне училище № 19 м. Дрогобича</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>4385</v>
+        <v>1686</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>2 АРЗ СП ГУ ДСНС Ураїни у Львівські області</t>
-[...2 lines deleted...]
-      <c r="E2" s="5"/>
+          <t>ВПУ №19 м. Дрогобича</t>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t>Drohobych Higher Vocational School №19</t>
+        </is>
+      </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2019</v>
+        <v>1972</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Спортивна, 44</t>
+          <t>вул. Грушевського, 59</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+032(44)-394-88</t>
+          <t>+380324450221, +380324410513, +380324437707</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>arz.drogobych@dsns.gov.ua</t>
-[...2 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>vpu19_mail@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>http://vpu-19.org.ua/</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Начальник 2 Аварійно-рятувального загону спеціального призначення Головного управління ДСНС України у Львівській області</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Городиський Богдан Іванович</t>
+          <t>Маринкевич Володимир Мар`янович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 19 м. Дрогобича</t>
+          <t>Дрогобицький навчальний центр №40</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>1686</v>
+        <v>6251</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №19 м. Дрогобича</t>
-[...6 lines deleted...]
-      </c>
+          <t>Дрогобицький НЦ №40</t>
+        </is>
+      </c>
+      <c r="E3" s="5"/>
       <c r="F3" s="7"/>
-      <c r="G3" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G3" s="6"/>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 59</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Трускавецька, 77</t>
+        </is>
+      </c>
+      <c r="P3" s="5"/>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Маринкевич Володимир Мар`янович</t>
+          <t>Кіліян Євген Володимирович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Дрогобицький навчальний центр №40</t>
+          <t>Мобільний рятувальний центр швидкого реагування "Львів" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>6251</v>
+        <v>4385</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>Дрогобицький НЦ №40</t>
-[...2 lines deleted...]
-      <c r="E4" s="5"/>
+          <t>МРЦ ШР "Львів" ДСНС України</t>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t>Mobile Rescue Center 'Lviv' of the State Emergency Service of Ukraine</t>
+        </is>
+      </c>
       <c r="F4" s="7"/>
-      <c r="G4" s="6"/>
+      <c r="G4" s="6" t="n">
+        <v>2019</v>
+      </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Державна служба України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Трускавецька, 77</t>
-[...3 lines deleted...]
-      <c r="Q4" s="5"/>
+          <t>вул. Спортивна, 44</t>
+        </is>
+      </c>
+      <c r="P4" s="5" t="inlineStr">
+        <is>
+          <t>+032(44)-394-88</t>
+        </is>
+      </c>
+      <c r="Q4" s="5" t="inlineStr">
+        <is>
+          <t>arz.drogobych@dsns.gov.ua</t>
+        </is>
+      </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Начальник Мобільного рятувального центру швидкого реагування "Львів" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Кіліян Євген Володимирович</t>
+          <t>Городиський Богдан Іванович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>НАВЧАЛЬНА ОРГАНІЗАЦІЯ "ДРОГОБИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>6732</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>НО</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1991</v>
       </c>