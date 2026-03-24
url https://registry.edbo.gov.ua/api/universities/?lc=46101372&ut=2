--- v0 (2025-10-21)
+++ v1 (2026-03-24)
@@ -630,52 +630,58 @@
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Личаківська, 27А</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>032 275 85 61</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>lv@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T5" s="5"/>
-      <c r="U5" s="8"/>
-      <c r="V5" s="5"/>
+      <c r="U5" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V5" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:V5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>