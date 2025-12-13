--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -802,52 +802,58 @@
         <is>
           <t>вул. Коцюбинського, 6</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>(032) 260-09-49</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>centroutpost@i.ua</t>
         </is>
       </c>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Шевчишин Оксана Ярославівна</t>
         </is>
       </c>
-      <c r="U7" s="8"/>
-      <c r="V7" s="5"/>
+      <c r="U7" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V7" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Львівський навчально-технологічний комбінат"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>5727</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>ТЗОВ "Львівський навчально-технологічний комбінат"</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>