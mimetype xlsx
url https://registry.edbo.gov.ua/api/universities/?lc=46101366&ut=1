--- v0 (2025-10-18)
+++ v1 (2026-02-10)
@@ -433,51 +433,51 @@
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Lviv National Music Academy named after Mykola Lysenko</t>
         </is>
       </c>
       <c r="F3" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G3" s="6" t="n">
         <v>1844</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>79005</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Нижанківського, 5</t>