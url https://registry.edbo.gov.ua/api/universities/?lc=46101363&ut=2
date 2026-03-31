--- v0 (2025-10-15)
+++ v1 (2026-03-31)
@@ -406,51 +406,55 @@
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Гресик Ігор Володимирович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної(професійно-технічної) освіти "Львівський професійний коледж моделювання і ресторанної справи</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1732</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ЗП (ПТ) О "Львівський ПК МРС"</t>
         </is>
       </c>
-      <c r="E3" s="5"/>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t>Vocational (professional-technical) education institution "Lviv professional college of modeling and restaurant business"</t>
+        </is>
+      </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1955</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>79054</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">