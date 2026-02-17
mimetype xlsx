--- v0 (2025-11-01)
+++ v1 (2026-02-17)
@@ -2232,56 +2232,56 @@
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Княгині Ольги, 1</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
           <t>0322382792, 0322382790, 0322382793</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>ldufk@ukr.net</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>www.ufk.lviv.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Окопний Андрій Михайлович</t>
+          <t>Петречко Андрій Мирославович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Львівський кооперативний фаховий коледж економіки і права</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>635</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>ЛКФКЕіП</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>Lviv Cooperative Professional College of Economics and Law</t>
         </is>
       </c>