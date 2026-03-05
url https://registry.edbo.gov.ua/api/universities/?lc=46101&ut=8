--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$12</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$13</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V12"/>
+  <dimension ref="A1:V13"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -398,943 +398,1031 @@
         <is>
           <t>irr@mail.lviv.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>ird.gov.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Васильців Тарас Григорович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Інститут біології клітини Національної академії наук України</t>
+          <t>Державний науково-дослідний контрольний інститут ветеринарних препаратів та кормових добавок</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>3700</v>
+        <v>7388</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>ІБК НАНУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНДКІ ветпрепаратів</t>
+        </is>
+      </c>
+      <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
-          <t>Національна академія наук України</t>
+          <t>Міністерство аграрної політики та продовольства України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>79005</t>
+          <t>79019</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010121390</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Драгоманова, 14/16</t>
+          <t>вул. Донецька, 11</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>032 261 21 08</t>
+          <t>(032)252-33-72</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>institut@celbiol.lviv.ua</t>
+          <t>director@scivp.lviv.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>https://www.cellbiol.lviv.ua</t>
+          <t>https://www.scivp.lviv.ua/</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор інституту біології клітини НАН Уккраїни</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Сибірний Андрій Андрійович</t>
+          <t>Стибель Володимир Володимирович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Інститут біології тварин Національної академії аграрних наук України</t>
+          <t>Інститут біології клітини Національної академії наук України</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>3574</v>
+        <v>3700</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>І-т біології тварин НААН</t>
+          <t>ІБК НАНУ</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Institute Biology of Animals National Academy of Agrarian Sciences of Ukraine</t>
+          <t>Institute of Cell Biology National Academy of Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Національна академія аграрних наук України</t>
+          <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>79034</t>
+          <t>79005</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010457177</t>
+          <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>вул. Стуса, 38</t>
+          <t>вул. Драгоманова, 14/16</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>032 260 07 95</t>
+          <t>032 261 21 08</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>inenbiol@mail.lviv.ua</t>
-[...2 lines deleted...]
-      <c r="R4" s="5"/>
+          <t>institut@celbiol.lviv.ua</t>
+        </is>
+      </c>
+      <c r="R4" s="5" t="inlineStr">
+        <is>
+          <t>https://www.cellbiol.lviv.ua</t>
+        </is>
+      </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор інституту біології клітини НАН Уккраїни</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Салига Юрій Тарасович</t>
+          <t>Сибірний Андрій Андрійович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Інститут геології і геохімії горючих копалин Національної академії наук України</t>
+          <t>Інститут біології тварин Національної академії аграрних наук України</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>3564</v>
+        <v>3574</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>І-т біології тварин НААН</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
-          <t>Institute of geology and geochemistry of combustible minerals of the National Academy of Science of Ukraine</t>
+          <t>Institute Biology of Animals National Academy of Agrarian Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
-          <t>Національна академія наук України</t>
+          <t>Національна академія аграрних наук України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
-          <t>79053</t>
+          <t>79034</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010515336</t>
+          <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Наукова, 3А</t>
+          <t>вул. Стуса, 38</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>032 263 25 41</t>
+          <t>032 260 07 95</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>igggk@mail.lviv.ua</t>
+          <t>inenbiol@mail.lviv.ua</t>
         </is>
       </c>
       <c r="R5" s="5"/>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Павлюк Мирослав Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Салига Юрій Тарасович</t>
+        </is>
+      </c>
+      <c r="U5" s="8"/>
+      <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Інститут екології Карпат Національної академії наук України</t>
+          <t>Інститут геології і геохімії горючих копалин Національної академії наук України</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>4182</v>
+        <v>3564</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ІЕК НАН України</t>
-[...2 lines deleted...]
-      <c r="E6" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t>Institute of geology and geochemistry of combustible minerals of the National Academy of Science of Ukraine</t>
+        </is>
+      </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>2007</v>
+        <v>2000</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>79026</t>
+          <t>79053</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010515336</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Козельницька, 4</t>
+          <t>вул. Наукова, 3А</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-270-74-30</t>
+          <t>032 263 25 41</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>ecoinst@mail.lviv.ua</t>
+          <t>igggk@mail.lviv.ua</t>
         </is>
       </c>
       <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Данилик Іван Миколайович</t>
-[...3 lines deleted...]
-      <c r="V6" s="5"/>
+          <t>Павлюк Мирослав Іванович</t>
+        </is>
+      </c>
+      <c r="U6" s="8" t="n">
+        <v>43508</v>
+      </c>
+      <c r="V6" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Інститут народознавства Національної академії наук України</t>
+          <t>Інститут екології Карпат Національної академії наук України</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>3579</v>
+        <v>4182</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>Інститут народознавства НАНУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ІЕК НАН України</t>
+        </is>
+      </c>
+      <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2000</v>
+        <v>2007</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>79000</t>
+          <t>79026</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010121390</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Свободи, 15</t>
+          <t>вул. Козельницька, 4</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>032 297 01 57</t>
+          <t>+380(32)-270-74-30</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>ina@mail.lviv.ua</t>
+          <t>ecoinst@mail.lviv.ua</t>
         </is>
       </c>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Павлюк Степан Петрович</t>
+          <t>Данилик Іван Миколайович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Інститут прикладних проблем механіки і математики ім. Я.С.Підстригача Національної академії наук України</t>
+          <t>Інститут народознавства Національної академії наук України</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>3604</v>
+        <v>3579</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ІППММ ім. Я.С.Підстригача НАН України</t>
+          <t>Інститут народознавства НАНУ</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Pidstryhach Institute for Applied Problems of Mechanics and Mathematics, National Academy of Sciences of Ukraine</t>
+          <t>The Ethnology Institute National Academy of Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>79060</t>
+          <t>79000</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010515336</t>
+          <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>вул. Наукова, 3 Б</t>
+          <t>просп. Свободи, 15</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(032)263-83-77</t>
+          <t>032 297 01 57</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>adm@iapmm.lviv.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>ina@mail.lviv.ua</t>
+        </is>
+      </c>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Директор Інституту</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Кушнір Роман Михайлович</t>
+          <t>Павлюк Степан Петрович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Інститут українознавства ім. І.Крип'якевича Національної Академії Наук України</t>
+          <t>Інститут прикладних проблем механіки і математики ім. Я.С.Підстригача Національної академії наук України</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>6457</v>
+        <v>3604</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ІУ НАН України</t>
+          <t>ІППММ ім. Я.С.Підстригача НАН України</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>I.Krypiakevych Institute of Ukrainian Studies National Academy of Sciences of Ukraine</t>
+          <t>Pidstryhach Institute for Applied Problems of Mechanics and Mathematics, National Academy of Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F9" s="7"/>
-      <c r="G9" s="6"/>
+      <c r="G9" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>79026</t>
+          <t>79060</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010515336</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Козельницька, 4</t>
+          <t>вул. Наукова, 3 Б</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-270-70-21</t>
+          <t>(032)263-83-77</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>inukr@inst-ukr.net</t>
+          <t>adm@iapmm.lviv.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>www.inst-ukr.lviv.ua</t>
+          <t>http://iapmm.lviv.ua/</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор Інституту</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Соляр Ігор Ярославович</t>
+          <t>Кушнір Роман Михайлович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Інститут фізики конденсованих систем імені І. Р. Юхновського Національної академії наук України</t>
+          <t>Інститут українознавства ім. І.Крип'якевича Національної Академії Наук України</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>3553</v>
+        <v>6457</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ІФКС ім. І.Р. ЮХНОВСЬКОГО НАН України</t>
+          <t>ІУ НАН України</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Yukhnovskii Institute for Condensed Matter Physics of the National Academy of Sciences of Ukraine</t>
+          <t>I.Krypiakevych Institute of Ukrainian Studies National Academy of Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F10" s="7"/>
-      <c r="G10" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G10" s="6"/>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>79011</t>
+          <t>79026</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010121390</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Свєнціцького, 1</t>
+          <t>вул. Козельницька, 4</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>032 276 11 57</t>
+          <t>+380(32)-270-70-21</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>icmp@icmp.lviv.ua</t>
-[...2 lines deleted...]
-      <c r="R10" s="5"/>
+          <t>inukr@inst-ukr.net</t>
+        </is>
+      </c>
+      <c r="R10" s="5" t="inlineStr">
+        <is>
+          <t>www.inst-ukr.lviv.ua</t>
+        </is>
+      </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Брик Тарас Михайлович</t>
+          <t>Соляр Ігор Ярославович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Карпатське відділення Інституту геофізики ім.С.І.Субботіна Національної академії наук України</t>
+          <t>Інститут фізики конденсованих систем імені І. Р. Юхновського Національної академії наук України</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>6679</v>
+        <v>3553</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>КВ ІГФ НАН України</t>
-[...2 lines deleted...]
-      <c r="E11" s="5"/>
+          <t>ІФКС ім. І.Р. ЮХНОВСЬКОГО НАН України</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>Yukhnovskii Institute for Condensed Matter Physics of the National Academy of Sciences of Ukraine</t>
+        </is>
+      </c>
       <c r="F11" s="7"/>
-      <c r="G11" s="6"/>
+      <c r="G11" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>79060</t>
+          <t>79011</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Наукова, 3б</t>
+          <t>вул. Свєнціцького, 1</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>380322648563;</t>
+          <t>032 276 11 57</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>carp@cb-igph.lviv.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>icmp@icmp.lviv.ua</t>
+        </is>
+      </c>
+      <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Сапужак Олег Ярославович</t>
+          <t>Брик Тарас Михайлович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Фізико-механічний інститут ім.Г.В.Карпенка Національної академії наук України</t>
+          <t>Карпатське відділення Інституту геофізики ім.С.І.Субботіна Національної академії наук України</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>3592</v>
+        <v>6679</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ФМІ НАН України</t>
-[...6 lines deleted...]
-      </c>
+          <t>КВ ІГФ НАН України</t>
+        </is>
+      </c>
+      <c r="E12" s="5"/>
       <c r="F12" s="7"/>
-      <c r="G12" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G12" s="6"/>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>79060</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010515336</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Наукова, 5</t>
+          <t>вул. Наукова, 3б</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>0322 633088, 637088</t>
+          <t>380322648563;</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>pminasu@ipm.lviv.ua</t>
+          <t>carp@cb-igph.lviv.ua</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>www.ipm.lviv.ua</t>
+          <t>cb-igph.lviv.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>директор Фізико-механічного інституту ім.Г.В.Карпенка</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Назарчук Зіновій Теодорович</t>
+          <t>Сапужак Олег Ярославович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="inlineStr">
+        <is>
+          <t>Фізико-механічний інститут ім.Г.В.Карпенка Національної академії наук України</t>
+        </is>
+      </c>
+      <c r="B13" s="6" t="n">
+        <v>3592</v>
+      </c>
+      <c r="C13" s="6"/>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t>ФМІ НАН України</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>Karpenko Physico-Mechanical Institute of the National Academy of Sciences</t>
+        </is>
+      </c>
+      <c r="F13" s="7"/>
+      <c r="G13" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t>Наукові інститути (установи)</t>
+        </is>
+      </c>
+      <c r="I13" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t>Національна академія наук України</t>
+        </is>
+      </c>
+      <c r="K13" s="7" t="inlineStr">
+        <is>
+          <t>79060</t>
+        </is>
+      </c>
+      <c r="L13" s="7" t="inlineStr">
+        <is>
+          <t>UA46060250010515336</t>
+        </is>
+      </c>
+      <c r="M13" s="5" t="inlineStr">
+        <is>
+          <t>Львівська обл.</t>
+        </is>
+      </c>
+      <c r="N13" s="5" t="inlineStr">
+        <is>
+          <t>м. Львів</t>
+        </is>
+      </c>
+      <c r="O13" s="5" t="inlineStr">
+        <is>
+          <t>вул. Наукова, 5</t>
+        </is>
+      </c>
+      <c r="P13" s="5" t="inlineStr">
+        <is>
+          <t>0322 633088, 637088</t>
+        </is>
+      </c>
+      <c r="Q13" s="5" t="inlineStr">
+        <is>
+          <t>pminasu@ipm.lviv.ua</t>
+        </is>
+      </c>
+      <c r="R13" s="5" t="inlineStr">
+        <is>
+          <t>www.ipm.lviv.ua</t>
+        </is>
+      </c>
+      <c r="S13" s="5" t="inlineStr">
+        <is>
+          <t>директор Фізико-механічного інституту ім.Г.В.Карпенка</t>
+        </is>
+      </c>
+      <c r="T13" s="5" t="inlineStr">
+        <is>
+          <t>Назарчук Зіновій Теодорович</t>
+        </is>
+      </c>
+      <c r="U13" s="8"/>
+      <c r="V13" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V12"/>
+  <autoFilter ref="A1:V13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>