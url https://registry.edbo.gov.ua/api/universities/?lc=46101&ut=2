--- v0 (2025-10-24)
+++ v1 (2026-02-09)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$40</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$41</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V40"/>
+  <dimension ref="A1:V41"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -2720,52 +2720,58 @@
         <is>
           <t>вул. Чупринки, 58 А</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>032 238 38 59</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>gazoteh@ukr.net</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Габіт Алла Владиславівна</t>
         </is>
       </c>
-      <c r="U29" s="8"/>
-      <c r="V29" s="5"/>
+      <c r="U29" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Гал-Безпека"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>2991</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ПП "Гал-Безпека"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2880,52 +2886,58 @@
         <is>
           <t>вул. Коцюбинського, 6</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
           <t>(032) 260-09-49</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
           <t>centroutpost@i.ua</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
           <t>Шевчишин Оксана Ярославівна</t>
         </is>
       </c>
-      <c r="U31" s="8"/>
-      <c r="V31" s="5"/>
+      <c r="U31" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V31" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад "Молодіжний навчальний центр імені святого Івана Боско"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
         <v>2957</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
         <v>2003</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2970,709 +2982,785 @@
         <is>
           <t>mnz@sdbua.net</t>
         </is>
       </c>
       <c r="R32" s="5" t="inlineStr">
         <is>
           <t>https://mnzbosco.org.ua/</t>
         </is>
       </c>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Боднар Андрій Ярославович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ПЕРВИННОЇ ОРГАНІЗАЦІЇ "ЕЛЕКТРОН" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Середня загальноосвітня школа № 42 м. Львова</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>6838</v>
+        <v>7376</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>СТК ПО "ЕЛЕКТРОН" ТСО УКРАЇНИ</t>
+          <t>СЗШ № 42 м. Львова</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1995</v>
+        <v>1963</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>79039</t>
+          <t>79038</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Квітки-Основ'яненка, 4а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Каштанова, 9</t>
+        </is>
+      </c>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Задорожний Роман Михайлович</t>
+          <t>Король Микола Олексійович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Спортивно-технічний клуб первинної організації Товариства сприяння обороні України Державного університету "Львівська політехніка"</t>
+          <t>СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ПЕРВИННОЇ ОРГАНІЗАЦІЇ "ЕЛЕКТРОН" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>2830</v>
+        <v>6838</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>СТК "Лвівська політехніка" ТСО України</t>
+          <t>СТК ПО "ЕЛЕКТРОН" ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>79000</t>
+          <t>79039</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010457177</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Чмоли, 2</t>
+          <t>вул. Квітки-Основ'яненка, 4а</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(032) 297-07-84</t>
+          <t>(067)674-31-47</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>stklp.lv@gmail.com</t>
+          <t>r.zadorojnyy@gmail.com</t>
         </is>
       </c>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Роговський Роман Романович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Задорожний Роман Михайлович</t>
+        </is>
+      </c>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Західноукраїнський навчальний центр "Спеціаліст"</t>
+          <t>Спортивно-технічний клуб первинної організації Товариства сприяння обороні України Державного університету "Львівська політехніка"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>3284</v>
+        <v>2830</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ТОВ ЗНЦ "Спеціаліст"</t>
+          <t>СТК "Лвівська політехніка" ТСО України</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>79035</t>
+          <t>79000</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Зелена, 162</t>
+          <t>вул. Івана Чмоли, 2</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>032 270 17 29</t>
+          <t>(032) 297-07-84</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>snz_spezialist@ukr.net</t>
+          <t>stklp.lv@gmail.com</t>
         </is>
       </c>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Козак Андрій Михайлович</t>
-[...3 lines deleted...]
-      <c r="V35" s="5"/>
+          <t>Роговський Роман Романович</t>
+        </is>
+      </c>
+      <c r="U35" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V35" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Компанія "центр ЛТД"</t>
+          <t>Товариство з обмеженою відповідальністю "Західноукраїнський навчальний центр "Спеціаліст"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>5724</v>
+        <v>3284</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Компанія "центр ЛТД"</t>
+          <t>ТОВ ЗНЦ "Спеціаліст"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>79000</t>
+          <t>79035</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Коперника, 10, офіс 6А</t>
+          <t>вул. Зелена, 162</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-295-02-23</t>
+          <t>032 270 17 29</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>op@centr-ltd.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>snz_spezialist@ukr.net</t>
+        </is>
+      </c>
+      <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Бота Олег Васильович</t>
+          <t>Козак Андрій Михайлович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Львівський дорожній навчально-курсовий комбінат"</t>
+          <t>Товариство з обмеженою відповідальністю "Компанія "центр ЛТД"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>7292</v>
+        <v>5724</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ТЗОВ "ЛДНКК"</t>
+          <t>ТОВ "Компанія "центр ЛТД"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>79038</t>
+          <t>79000</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010364817</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Пасічна, 49А</t>
+          <t>вул. Коперника, 10, офіс 6А</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>(096)271-90-74</t>
+          <t>+380(32)-295-02-23</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>ldnkk.lviv@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R37" s="5"/>
+          <t>op@centr-ltd.com.ua</t>
+        </is>
+      </c>
+      <c r="R37" s="5" t="inlineStr">
+        <is>
+          <t>www.centr-ltd.lviv.ua</t>
+        </is>
+      </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Сіняк Анатолій Станіславович</t>
+          <t>Бота Олег Васильович</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Львівський навчально-технологічний комбінат"</t>
+          <t>Товариство з обмеженою відповідальністю "Львівський дорожній навчально-курсовий комбінат"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>5727</v>
+        <v>7292</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ТЗОВ "Львівський навчально-технологічний комбінат"</t>
+          <t>ТЗОВ "ЛДНКК"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>79035</t>
+          <t>79038</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010121390</t>
+          <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Кримська, 26-А</t>
+          <t>вул. Пасічна, 49А</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-259-20-32</t>
+          <t>(096)271-90-74</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>ntkomdinat@ukr.net</t>
+          <t>ldnkk.lviv@gmail.com</t>
         </is>
       </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Каймакова Олена Володимирівна</t>
+          <t>Сіняк Анатолій Станіславович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Філія "Львівський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
+          <t>Товариство з обмеженою відповідальністю "Львівський навчально-технологічний комбінат"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>3765</v>
-[...3 lines deleted...]
-      </c>
+        <v>5727</v>
+      </c>
+      <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ТЗОВ "Львівський навчально-технологічний комбінат"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>79008</t>
+          <t>79035</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010364817</t>
+          <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Личаківська, 27А</t>
+          <t>вул. Кримська, 26-А</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>032 275 85 61</t>
+          <t>+380(32)-259-20-32</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>lv@uaservice.com.ua</t>
+          <t>ntkomdinat@ukr.net</t>
         </is>
       </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T39" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T39" s="5" t="inlineStr">
+        <is>
+          <t>Каймакова Олена Володимирівна</t>
+        </is>
+      </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>ШЕВЧЕНКІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ЛЬВОВА /ТСО УКРАЇНИ/</t>
+          <t>Філія "Львівський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>6986</v>
-[...1 lines deleted...]
-      <c r="C40" s="6"/>
+        <v>3765</v>
+      </c>
+      <c r="C40" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>79019</t>
+          <t>79008</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. ЖОВКІВСЬКА, 25</t>
+          <t>вул. Личаківська, 27А</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(096)828-92-05</t>
+          <t>032 275 85 61</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>oksana1008c@gmail.com</t>
+          <t>lv@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>КЕРІВНИК</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T40" s="5"/>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="inlineStr">
+        <is>
+          <t>ШЕВЧЕНКІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ЛЬВОВА /ТСО УКРАЇНИ/</t>
+        </is>
+      </c>
+      <c r="B41" s="6" t="n">
+        <v>6986</v>
+      </c>
+      <c r="C41" s="6"/>
+      <c r="D41" s="5" t="inlineStr">
+        <is>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E41" s="5"/>
+      <c r="F41" s="7"/>
+      <c r="G41" s="6" t="n">
+        <v>1995</v>
+      </c>
+      <c r="H41" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I41" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="K41" s="7" t="inlineStr">
+        <is>
+          <t>79019</t>
+        </is>
+      </c>
+      <c r="L41" s="7" t="inlineStr">
+        <is>
+          <t>UA46060250010015970</t>
+        </is>
+      </c>
+      <c r="M41" s="5" t="inlineStr">
+        <is>
+          <t>Львівська обл.</t>
+        </is>
+      </c>
+      <c r="N41" s="5" t="inlineStr">
+        <is>
+          <t>м. Львів</t>
+        </is>
+      </c>
+      <c r="O41" s="5" t="inlineStr">
+        <is>
+          <t>вул. ЖОВКІВСЬКА, 25</t>
+        </is>
+      </c>
+      <c r="P41" s="5" t="inlineStr">
+        <is>
+          <t>(096)828-92-05</t>
+        </is>
+      </c>
+      <c r="Q41" s="5" t="inlineStr">
+        <is>
+          <t>oksana1008c@gmail.com</t>
+        </is>
+      </c>
+      <c r="R41" s="5"/>
+      <c r="S41" s="5" t="inlineStr">
+        <is>
+          <t>КЕРІВНИК</t>
+        </is>
+      </c>
+      <c r="T41" s="5" t="inlineStr">
+        <is>
+          <t>ІВАНЦЬО ВОЛОДАР ОРЕСТОВИЧ</t>
+        </is>
+      </c>
+      <c r="U41" s="8"/>
+      <c r="V41" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V40"/>
+  <autoFilter ref="A1:V41"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>