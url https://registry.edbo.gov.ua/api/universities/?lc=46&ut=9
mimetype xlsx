--- v0 (2025-10-26)
+++ v1 (2026-01-10)
@@ -2665,51 +2665,51 @@
           <t>82300</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
           <t>UA46020010010087534</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Борислав</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
           <t>вул. Шкільна, 37</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>(248)4-20-17</t>
+          <t>+38(032)-485-01-13</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
           <t>bmu_2007@ukr.net</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
           <t>https://bmc.com.ua/</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Хемич Олег Ярославович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>