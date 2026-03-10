--- v1 (2026-01-10)
+++ v2 (2026-03-10)
@@ -637,56 +637,56 @@
           <t>79008</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Личаківська, 2</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(032)275-14-68</t>
+          <t>+38(032)-275-14-68</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>info@ladk.lviv.ua</t>
+          <t>info.adfk@gmail.com</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>ladk.lviv.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Брегін Михайло Григорович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Львівський поліграфічний фаховий коледж Української академії друкарства"</t>
         </is>
@@ -1475,63 +1475,59 @@
           <t>79035</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Пимоненка, 17</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(032) 270-20-50</t>
+          <t>+38(032)-270-20-50</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>techcol@litech.net</t>
         </is>
       </c>
-      <c r="R14" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Шемелюк Ганна Олексіївна</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Національного університету "Львівська політехніка"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>1205</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>97</v>
       </c>
@@ -2318,56 +2314,56 @@
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Княгині Ольги, 1</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
           <t>0322382792, 0322382790, 0322382793</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
           <t>ldufk@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
           <t>www.ufk.lviv.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Окопний Андрій Михайлович</t>
+          <t>Дмитрів Мар`яна Богданівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>Львівський кооперативний фаховий коледж економіки і права</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>635</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t>ЛКФКЕіП</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>Lviv Cooperative Professional College of Economics and Law</t>
         </is>
       </c>
@@ -3940,56 +3936,56 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
           <t>81540</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA46080110030016158</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>с. Вишня</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>,</t>
+          <t>вул. Наукова, 1</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(03236) 45 248</t>
+          <t>+38(032)-364-52-48</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
           <t>vyshnya@i.ua</t>
         </is>
       </c>
       <c r="R41" s="5" t="inlineStr">
         <is>
           <t>vyshnya.in.ua</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
           <t>Галушка Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>