--- v0 (2025-10-15)
+++ v1 (2026-02-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$101</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$102</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V101"/>
+  <dimension ref="A1:V102"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1798,51 +1798,55 @@
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Бурак Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної(професійно-технічної) освіти "Львівський професійний коледж моделювання і ресторанної справи</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>1732</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t>ЗП (ПТ) О "Львівський ПК МРС"</t>
         </is>
       </c>
-      <c r="E19" s="5"/>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>Vocational (professional-technical) education institution "Lviv professional college of modeling and restaurant business"</t>
+        </is>
+      </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
         <v>1955</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
           <t>79054</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
@@ -2720,52 +2724,58 @@
         <is>
           <t>вул. Чупринки, 58 А</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>032 238 38 59</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>gazoteh@ukr.net</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Габіт Алла Владиславівна</t>
         </is>
       </c>
-      <c r="U29" s="8"/>
-      <c r="V29" s="5"/>
+      <c r="U29" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Гал-Безпека"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>2991</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ПП "Гал-Безпека"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2880,52 +2890,58 @@
         <is>
           <t>вул. Коцюбинського, 6</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
           <t>(032) 260-09-49</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
           <t>centroutpost@i.ua</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
           <t>Шевчишин Оксана Ярославівна</t>
         </is>
       </c>
-      <c r="U31" s="8"/>
-      <c r="V31" s="5"/>
+      <c r="U31" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V31" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад "Молодіжний навчальний центр імені святого Івана Боско"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
         <v>2957</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
         <v>2003</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2970,874 +2986,866 @@
         <is>
           <t>mnz@sdbua.net</t>
         </is>
       </c>
       <c r="R32" s="5" t="inlineStr">
         <is>
           <t>https://mnzbosco.org.ua/</t>
         </is>
       </c>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Боднар Андрій Ярославович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ПЕРВИННОЇ ОРГАНІЗАЦІЇ "ЕЛЕКТРОН" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Середня загальноосвітня школа № 42 м. Львова</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>6838</v>
+        <v>7376</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>СТК ПО "ЕЛЕКТРОН" ТСО УКРАЇНИ</t>
+          <t>СЗШ № 42 м. Львова</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1995</v>
+        <v>1963</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>79039</t>
+          <t>79038</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Квітки-Основ'яненка, 4а</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Каштанова, 9</t>
+        </is>
+      </c>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Задорожний Роман Михайлович</t>
+          <t>Король Микола Олексійович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Спортивно-технічний клуб первинної організації Товариства сприяння обороні України Державного університету "Львівська політехніка"</t>
+          <t>СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ПЕРВИННОЇ ОРГАНІЗАЦІЇ "ЕЛЕКТРОН" ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>2830</v>
+        <v>6838</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>СТК "Лвівська політехніка" ТСО України</t>
+          <t>СТК ПО "ЕЛЕКТРОН" ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J34" s="5"/>
+      <c r="J34" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>79000</t>
+          <t>79039</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010457177</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Чмоли, 2</t>
+          <t>вул. Квітки-Основ'яненка, 4а</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(032) 297-07-84</t>
+          <t>(067)674-31-47</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>stklp.lv@gmail.com</t>
+          <t>r.zadorojnyy@gmail.com</t>
         </is>
       </c>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Роговський Роман Романович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Задорожний Роман Михайлович</t>
+        </is>
+      </c>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Західноукраїнський навчальний центр "Спеціаліст"</t>
+          <t>Спортивно-технічний клуб первинної організації Товариства сприяння обороні України Державного університету "Львівська політехніка"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>3284</v>
+        <v>2830</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ТОВ ЗНЦ "Спеціаліст"</t>
+          <t>СТК "Лвівська політехніка" ТСО України</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>79035</t>
+          <t>79000</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Зелена, 162</t>
+          <t>вул. Івана Чмоли, 2</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>032 270 17 29</t>
+          <t>(032) 297-07-84</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>snz_spezialist@ukr.net</t>
+          <t>stklp.lv@gmail.com</t>
         </is>
       </c>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Козак Андрій Михайлович</t>
-[...3 lines deleted...]
-      <c r="V35" s="5"/>
+          <t>Роговський Роман Романович</t>
+        </is>
+      </c>
+      <c r="U35" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V35" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Компанія "центр ЛТД"</t>
+          <t>Товариство з обмеженою відповідальністю "Західноукраїнський навчальний центр "Спеціаліст"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>5724</v>
+        <v>3284</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Компанія "центр ЛТД"</t>
+          <t>ТОВ ЗНЦ "Спеціаліст"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>2011</v>
+        <v>2013</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>79000</t>
+          <t>79035</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Коперника, 10, офіс 6А</t>
+          <t>вул. Зелена, 162</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-295-02-23</t>
+          <t>032 270 17 29</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>op@centr-ltd.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>snz_spezialist@ukr.net</t>
+        </is>
+      </c>
+      <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Бота Олег Васильович</t>
+          <t>Козак Андрій Михайлович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Львівський дорожній навчально-курсовий комбінат"</t>
+          <t>Товариство з обмеженою відповідальністю "Компанія "центр ЛТД"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>7292</v>
+        <v>5724</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ТЗОВ "ЛДНКК"</t>
+          <t>ТОВ "Компанія "центр ЛТД"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2006</v>
+        <v>2011</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>79038</t>
+          <t>79000</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010364817</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Пасічна, 49А</t>
+          <t>вул. Коперника, 10, офіс 6А</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>(096)271-90-74</t>
+          <t>+380(32)-295-02-23</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>ldnkk.lviv@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R37" s="5"/>
+          <t>op@centr-ltd.com.ua</t>
+        </is>
+      </c>
+      <c r="R37" s="5" t="inlineStr">
+        <is>
+          <t>www.centr-ltd.lviv.ua</t>
+        </is>
+      </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Сіняк Анатолій Станіславович</t>
+          <t>Бота Олег Васильович</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Львівський навчально-технологічний комбінат"</t>
+          <t>Товариство з обмеженою відповідальністю "Львівський дорожній навчально-курсовий комбінат"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>5727</v>
+        <v>7292</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ТЗОВ "Львівський навчально-технологічний комбінат"</t>
+          <t>ТЗОВ "ЛДНКК"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2004</v>
+        <v>2006</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>79035</t>
+          <t>79038</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010121390</t>
+          <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Кримська, 26-А</t>
+          <t>вул. Пасічна, 49А</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-259-20-32</t>
+          <t>(096)271-90-74</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>ntkomdinat@ukr.net</t>
+          <t>ldnkk.lviv@gmail.com</t>
         </is>
       </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Каймакова Олена Володимирівна</t>
+          <t>Сіняк Анатолій Станіславович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Філія "Львівський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
+          <t>Товариство з обмеженою відповідальністю "Львівський навчально-технологічний комбінат"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>3765</v>
-[...3 lines deleted...]
-      </c>
+        <v>5727</v>
+      </c>
+      <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ТЗОВ "Львівський навчально-технологічний комбінат"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>79008</t>
+          <t>79035</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010364817</t>
+          <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Личаківська, 27А</t>
+          <t>вул. Кримська, 26-А</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>032 275 85 61</t>
+          <t>+380(32)-259-20-32</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>lv@uaservice.com.ua</t>
+          <t>ntkomdinat@ukr.net</t>
         </is>
       </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T39" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T39" s="5" t="inlineStr">
+        <is>
+          <t>Каймакова Олена Володимирівна</t>
+        </is>
+      </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>ШЕВЧЕНКІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ЛЬВОВА /ТСО УКРАЇНИ/</t>
+          <t>Філія "Львівський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>6986</v>
-[...1 lines deleted...]
-      <c r="C40" s="6"/>
+        <v>3765</v>
+      </c>
+      <c r="C40" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>79019</t>
+          <t>79008</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA46060250010015970</t>
+          <t>UA46060250010364817</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. ЖОВКІВСЬКА, 25</t>
+          <t>вул. Личаківська, 27А</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(096)828-92-05</t>
+          <t>032 275 85 61</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>oksana1008c@gmail.com</t>
+          <t>lv@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>КЕРІВНИК</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T40" s="5"/>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Бориславський центр професійної освіти"</t>
+          <t>ШЕВЧЕНКІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ЛЬВОВА /ТСО УКРАЇНИ/</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>1675</v>
+        <v>6986</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1984</v>
+        <v>1995</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>82300</t>
+          <t>79019</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA46020010010087534</t>
+          <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>м. Борислав</t>
+          <t>м. Львів</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв ОУН-УПА, 21</t>
+          <t>вул. ЖОВКІВСЬКА, 25</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>+380676738037</t>
+          <t>(096)828-92-05</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>bpl7@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>oksana1008c@gmail.com</t>
+        </is>
+      </c>
+      <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>КЕРІВНИК</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Стечкевич Ігор Орестович</t>
+          <t>ІВАНЦЬО ВОЛОДАР ОРЕСТОВИЧ</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>2 Аварійно-рятувальний загін спеціального призначення Головного управління Державної служби України з надзвичайних ситуацій у Львівській області</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Бориславський центр професійної освіти"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>4385</v>
+        <v>1675</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>2 АРЗ СП ГУ ДСНС Ураїни у Львівські області</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>2019</v>
+        <v>1984</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J42" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>82100</t>
+          <t>82300</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA46020030010069501</t>
+          <t>UA46020010010087534</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
-          <t>м. Дрогобич</t>
+          <t>м. Борислав</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Спортивна, 44</t>
+          <t>вул. Героїв ОУН-УПА, 21</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>+032(44)-394-88</t>
+          <t>+380676738037</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>arz.drogobych@dsns.gov.ua</t>
-[...2 lines deleted...]
-      <c r="R42" s="5"/>
+          <t>bpl7@meta.ua</t>
+        </is>
+      </c>
+      <c r="R42" s="5" t="inlineStr">
+        <is>
+          <t>https://boryslavpl.lviv.ua/</t>
+        </is>
+      </c>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>Начальник 2 Аварійно-рятувального загону спеціального призначення Головного управління ДСНС України у Львівській області</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Городиський Богдан Іванович</t>
+          <t>Стечкевич Ігор Орестович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище № 19 м. Дрогобича</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
         <v>1686</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
           <t>ВПУ №19 м. Дрогобича</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>Drohobych Higher Vocational School №19</t>
         </is>
       </c>
@@ -3968,4899 +3976,4993 @@
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
           <t>вул. Трускавецька, 77</t>
         </is>
       </c>
       <c r="P44" s="5"/>
       <c r="Q44" s="5"/>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
           <t>Кіліян Євген Володимирович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНА ОРГАНІЗАЦІЯ "ДРОГОБИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Мобільний рятувальний центр швидкого реагування "Львів" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>6732</v>
+        <v>4385</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>НО</t>
-[...2 lines deleted...]
-      <c r="E45" s="5"/>
+          <t>МРЦ ШР "Львів" ДСНС України</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>Mobile Rescue Center 'Lviv' of the State Emergency Service of Ukraine</t>
+        </is>
+      </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1991</v>
+        <v>2019</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J45" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Сагайдачного, 63/1</t>
+          <t>вул. Спортивна, 44</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(067)798-58-93</t>
+          <t>+032(44)-394-88</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>drogobytska.ash@gmail.com</t>
+          <t>arz.drogobych@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник Мобільного рятувального центру швидкого реагування "Львів" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Крохта Роман Іванович</t>
+          <t>Городиський Богдан Іванович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Дрогобицький навчальний центр автомобільної справи"</t>
+          <t>НАВЧАЛЬНА ОРГАНІЗАЦІЯ "ДРОГОБИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>6849</v>
+        <v>6732</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ПП</t>
+          <t>НО</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2015</v>
+        <v>1991</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Сагайдачного, 22</t>
+          <t>вул. Сагайдачного, 63/1</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(096)321-64-20</t>
+          <t>(067)798-58-93</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>dncas@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>drogobytska.ash@gmail.com</t>
+        </is>
+      </c>
+      <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Малега Іван Юрійович</t>
+          <t>Крохта Роман Іванович</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Філія "Дрогобицький державний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
+          <t>Приватне підприємство "Дрогобицький навчальний центр автомобільної справи"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>3599</v>
-[...3 lines deleted...]
-      </c>
+        <v>6849</v>
+      </c>
+      <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ПП</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Жупна, 27</t>
+          <t>вул. Сагайдачного, 22</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>096 508 20 22</t>
+          <t>(096)321-64-20</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>dr@uaservice.com.ua</t>
-[...2 lines deleted...]
-      <c r="R47" s="5"/>
+          <t>dncas@ukr.net</t>
+        </is>
+      </c>
+      <c r="R47" s="5" t="inlineStr">
+        <is>
+          <t>https://dncas.lviv.ua</t>
+        </is>
+      </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Заверач Тарас Романович</t>
+          <t>Малега Іван Юрійович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Новороздільський професійний ліцей"</t>
+          <t>Філія "Дрогобицький державний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>1671</v>
-[...1 lines deleted...]
-      <c r="C48" s="6"/>
+        <v>3599</v>
+      </c>
+      <c r="C48" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Новороздільський професійний ліцей"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>1965</v>
+        <v>2000</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство інфраструктури України</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>81652</t>
+          <t>82100</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA46100150010069811</t>
+          <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Новий Розділ</t>
+          <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Чорновола, 11</t>
+          <t>вул. Жупна, 27</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(03261) 2 44 31, 2 01 14</t>
+          <t>096 508 20 22</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>nrproflicey@ukr.net</t>
+          <t>dr@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Труш Оксана Миколаївна</t>
+          <t>Заверач Тарас Романович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Державний професійний (професійно-технічний) заклад освіти "Самбірський професійний ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Новороздільський професійний ліцей"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>1717</v>
+        <v>1671</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ДПЗО "Самбірський ПЛ"</t>
+          <t>ДПТНЗ "Новороздільський професійний ліцей"</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>1985</v>
+        <v>1965</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>81400</t>
+          <t>81652</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA46080130010066889</t>
+          <t>UA46100150010069811</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>м. Самбір</t>
+          <t>м. Новий Розділ</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Гоголя, 9</t>
+          <t>вул. Чорновола, 11</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>0236 21475, 0236 34107</t>
+          <t>(03261) 2 44 31, 2 01 14</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>sambir_plsp@ukr.net</t>
+          <t>nrproflicey@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Ладичук Олексій Олександрович</t>
+          <t>Труш Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Львівської обласної ради "Професійно-технічне училище-інтернат професійної реабілітації учнів-інвалідів м. Самбора"</t>
+          <t>Державний професійний (професійно-технічний) заклад освіти "Самбірський професійний ліцей"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ПТУ - інтернат професійної реабілітації учнів-інвалідів</t>
+          <t>ДПЗО "Самбірський ПЛ"</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>2000</v>
+        <v>1985</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
           <t>81400</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA46080130010066889</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Самбір</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Василя Стуса, 9</t>
+          <t>вул. Гоголя, 9</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>032 363 22 18</t>
+          <t>0236 21475, 0236 34107</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>sptu_8@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sambir_plsp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Йоник Василь Вікторович</t>
+          <t>Ладичук Олексій Олександрович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Самбірський міський спортивно-технічний клуб ТСО України</t>
+          <t>Комунальний заклад Львівської обласної ради "Професійно-технічне училище-інтернат професійної реабілітації учнів-інвалідів м. Самбора"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>3850</v>
+        <v>1719</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>Самбірський МСТК ТСО України</t>
+          <t>ПТУ - інтернат професійної реабілітації учнів-інвалідів</t>
         </is>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
           <t>81400</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA46080130010066889</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Самбір</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Ів. Филипчака, 34/3</t>
+          <t>вул. Василя Стуса, 9</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>032 363 23 73</t>
+          <t>032 363 22 18</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>sambir.mstk.tsou@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R51" s="5"/>
+          <t>sptu_8@ukr.net</t>
+        </is>
+      </c>
+      <c r="R51" s="5" t="inlineStr">
+        <is>
+          <t>https://sambirlic.lviv.ua/</t>
+        </is>
+      </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Фенчин Володимир Михайлович</t>
+          <t>Йоник Василь Вікторович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 35 м. Стрия</t>
+          <t>Самбірський міський спортивно-технічний клуб ТСО України</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>1704</v>
+        <v>3850</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №35 м. Стрия</t>
-[...6 lines deleted...]
-      </c>
+          <t>Самбірський МСТК ТСО України</t>
+        </is>
+      </c>
+      <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1975</v>
+        <v>2000</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>82400</t>
+          <t>81400</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA46100230010074173</t>
+          <t>UA46080130010066889</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>м. Стрий</t>
+          <t>м. Самбір</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 141</t>
+          <t>вул. Ів. Филипчака, 34/3</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(03245) 5-64-50, (03245) 5-21-25</t>
+          <t>032 363 23 73</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>vpuch35@gmail.com</t>
+          <t>sambir.mstk.tsou@gmail.com</t>
         </is>
       </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Андруневчин Лілія Ярославівна</t>
-[...3 lines deleted...]
-      <c r="V52" s="5"/>
+          <t>Фенчин Володимир Михайлович</t>
+        </is>
+      </c>
+      <c r="U52" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V52" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Вище професійне училище №34 м. Стрий"</t>
+          <t>Вище професійне училище № 35 м. Стрия</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>1690</v>
+        <v>1704</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ВПУ-34 м. Стрий"</t>
+          <t>ВПУ №35 м. Стрия</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>State Educational Institution "Higher professional school №34 city.Stryj"</t>
+          <t>Higher Vocational School № 35 of Stryi</t>
         </is>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1944</v>
+        <v>1975</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Гайдамацька, 15</t>
+          <t>вул. Львівська, 141</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(03245)52003, 54707</t>
+          <t>(03245) 5-64-50, (03245) 5-21-25</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>vpu-34@ukr.net</t>
+          <t>vpuch35@gmail.com</t>
         </is>
       </c>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Кизима Олег Зіновійович</t>
+          <t>Андруневчин Лілія Ярославівна</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Вище професійне училище №8 м.Стрия"</t>
+          <t>Державний навчальний заклад "Вище професійне училище №34 м. Стрий"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>1674</v>
+        <v>1690</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ВПУ №8 м.Стрия"</t>
-[...2 lines deleted...]
-      <c r="E54" s="5"/>
+          <t>ДНЗ "ВПУ-34 м. Стрий"</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Institution "Higher professional school №34 city.Stryj"</t>
+        </is>
+      </c>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1990</v>
+        <v>1944</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. О.Кобилянської, 4</t>
+          <t>вул. Гайдамацька, 15</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>0324571327; 0324571311</t>
+          <t>(03245)52003, 54707</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>vpu8@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vpu-34@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5"/>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>В.О.Директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Федор Надія Осипівна</t>
+          <t>Кизима Олег Зіновійович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Стрийське вище художнє професійне училище"</t>
+          <t>Державний навчальний заклад "Вище професійне училище №8 м.Стрия"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>1731</v>
+        <v>1674</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Стрийське ВХПУ"</t>
+          <t>ДНЗ "ВПУ №8 м.Стрия"</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1944</v>
+        <v>1990</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Болехівська, 29</t>
+          <t>вул. О.Кобилянської, 4</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>0324552462; 0324533066</t>
+          <t>0324571327; 0324571311</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>svhpu@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R55" s="5"/>
+          <t>vpu8@ukr.net</t>
+        </is>
+      </c>
+      <c r="R55" s="5" t="inlineStr">
+        <is>
+          <t>vpu8.org.ua</t>
+        </is>
+      </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.О.Директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Берездецький Роман Іванович</t>
+          <t>Федор Надія Осипівна</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Стрийський міжшкільний ресурсний центр</t>
+          <t>Державний професійно-технічний навчальний заклад "Стрийське вище художнє професійне училище"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>6891</v>
+        <v>1731</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Стрийський МРЦ</t>
+          <t>ДПТНЗ "Стрийське ВХПУ"</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1978</v>
+        <v>1944</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Стрийської міської ради</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Степана Бандери, 51</t>
+          <t>вул. Болехівська, 29</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>(067)386-12-55</t>
+          <t>0324552462; 0324533066</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>mnvkstryi@gmail.com</t>
+          <t>svhpu@ukr.net</t>
         </is>
       </c>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Михайлишин Василь Іванович</t>
+          <t>Берездецький Роман Іванович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Стрийський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Стрийський міжшкільний ресурсний центр</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>3769</v>
+        <v>6891</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>Стрийський СТК ТСОУ</t>
+          <t>Стрийський МРЦ</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>2000</v>
+        <v>1978</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Відділ освіти виконавчого комітету Стрийської міської ради</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Болехівська, 2 Б</t>
+          <t>вул. Степана Бандери, 51</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>032 455 75 09</t>
+          <t>(067)386-12-55</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>stktsou1@gmail.com</t>
+          <t>mnvkstryi@gmail.com</t>
         </is>
       </c>
       <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Стефанів Валентин Михайлович</t>
+          <t>Михайлишин Василь Іванович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю"Диференціал"</t>
+          <t>Стрийський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>6796</v>
+        <v>3769</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>ТОВ</t>
+          <t>Стрийський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>2019</v>
+        <v>2000</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J58" s="5"/>
+      <c r="J58" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>82443</t>
+          <t>82400</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA46100230020039990</t>
+          <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>с-ще Дашава</t>
+          <t>м. Стрий</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Стрийська, 8, корпус К</t>
+          <t>вул. Болехівська, 2 Б</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>(097)372-38-25</t>
+          <t>032 455 75 09</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>duferenc@ukr.net</t>
+          <t>stktsou1@gmail.com</t>
         </is>
       </c>
       <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Ференц Ірина Ігорівна</t>
+          <t>Стефанів Валентин Михайлович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Львівської обласної ради "Вище професійне училище № 11 м. Червонограда"</t>
+          <t>Товариство з обмеженою відповідальністю"Диференціал"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>7338</v>
+        <v>6796</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>КЗ ЛОР "Вище професійне училище № 11 м. Червонограда"</t>
+          <t>ТОВ</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
-      <c r="G59" s="6"/>
+      <c r="G59" s="6" t="n">
+        <v>2019</v>
+      </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J59" s="5"/>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>80106</t>
+          <t>82443</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA46120130010071117</t>
+          <t>UA46100230020039990</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
-          <t>м. Шептицький</t>
+          <t>с-ще Дашава</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Стуса В., 3</t>
+          <t>вул. Стрийська, 8, корпус К</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>+032(49)-212-93-03</t>
+          <t>(097)372-38-25</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>vpu11@ukr.net</t>
+          <t>duferenc@ukr.net</t>
         </is>
       </c>
       <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Білик Оксана Михайлівна</t>
+          <t>Ференц Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад об`єднання громадян "Автомобільна школа "Автомар" Всеукраїнської спілки автомобілістів"</t>
+          <t>Комунальний заклад Львівської обласної ради "Червоноградський професійний гірничо-будівельний ліцей"</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>4921</v>
+        <v>7339</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>Автошкола "Автомар" ВСА</t>
+          <t>КЗ ЛОР "Червоноградський професійний гірничо-будівельний ліцей"</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
-      <c r="G60" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G60" s="6"/>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
           <t>80100</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
           <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. В. Стуса, 36</t>
+          <t>вул. Стуса В., 15</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-494-83-85</t>
+          <t>+38(098)-988-34-35;</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>automar1994@ukr.net</t>
+          <t>lc55@ukr.net</t>
         </is>
       </c>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Гейко Микола Ярославович</t>
+          <t>Онишкевич Руслан Богданович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Престиж"</t>
+          <t>Комунальний заклад Львівської обласної ради "Шептицький професійний коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>7095</v>
+        <v>7338</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>ПП "ПРЕСТИЖ"</t>
+          <t>КЗ ЛОР "Шептицький професійний коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
-      <c r="G61" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G61" s="6"/>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J61" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J61" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>80000</t>
+          <t>80106</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA46120110010087965</t>
+          <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
-          <t>м. Сокаль</t>
+          <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>пл. Січових Стрільців, 2а</t>
+          <t>вул. Стуса В., 3</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>(067)999-32-33</t>
+          <t>+032(49)-212-93-03</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>pp.prestyzh@ukr.net</t>
+          <t>vpu11@ukr.net</t>
         </is>
       </c>
       <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Ганейчук Іван Ілларіонович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Білик Оксана Михайлівна</t>
+        </is>
+      </c>
+      <c r="U61" s="8"/>
+      <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Червоноградська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Навчальний заклад об`єднання громадян "Автомобільна школа "Автомар" Всеукраїнської спілки автомобілістів"</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>3831</v>
+        <v>4921</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>Червоноградська автошкола ТСО України</t>
+          <t>Автошкола "Автомар" ВСА</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>2000</v>
+        <v>1994</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
           <t>80100</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
           <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Лесі Українки, 7</t>
+          <t>вул. В. Стуса, 36</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>032 493 95 18</t>
+          <t>+380(32)-494-83-85</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>avtoshkola.chervonograd@ukr.net</t>
+          <t>automar1994@ukr.net</t>
         </is>
       </c>
       <c r="R62" s="5"/>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T62" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T62" s="5" t="inlineStr">
+        <is>
+          <t>Гейко Микола Ярославович</t>
+        </is>
+      </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Миколаївський навчальний центр № 50"</t>
+          <t>Приватне підприємство "Престиж"</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>6065</v>
+        <v>7095</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Миколаївський навчальний центр № 50"</t>
+          <t>ПП "ПРЕСТИЖ"</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
-      <c r="G63" s="6"/>
+      <c r="G63" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J63" s="5"/>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>81606</t>
+          <t>80000</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA46100250080031452</t>
+          <t>UA46120110010087965</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
-          <t>с. Заклад</t>
+          <t>м. Сокаль</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>пл. Січових Стрільців, 2а</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>+380(24)-141-80</t>
-[...2 lines deleted...]
-      <c r="Q63" s="5"/>
+          <t>(067)999-32-33</t>
+        </is>
+      </c>
+      <c r="Q63" s="5" t="inlineStr">
+        <is>
+          <t>pp.prestyzh@ukr.net</t>
+        </is>
+      </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Соснило Ігор Дмитрович</t>
+          <t>Ганейчук Іван Ілларіонович</t>
         </is>
       </c>
       <c r="U63" s="8" t="n">
-        <v>44727</v>
+        <v>45748</v>
       </c>
       <c r="V63" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Філія Державного навчального закладу "Угнівський аграрно-будівельний ліцей"</t>
+          <t>Червоноградська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>2603</v>
-[...3 lines deleted...]
-      </c>
+        <v>3831</v>
+      </c>
+      <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Червоноградська автошкола ТСО України</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
       <c r="G64" s="6" t="n">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>80062</t>
+          <t>80100</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA46120010010057892</t>
+          <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
-          <t>м. Белз</t>
+          <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Савенка, 2</t>
+          <t>вул. Лесі Українки, 7</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>025754103</t>
+          <t>032 493 95 18</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>ptu77belz@ukr.net</t>
+          <t>avtoshkola.chervonograd@ukr.net</t>
         </is>
       </c>
       <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T64" s="5"/>
       <c r="U64" s="8"/>
       <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Боринський професійний ліцей народних промислів і ремесел</t>
+          <t>Державний професійно-технічний навчальний заклад "Миколаївський навчальний центр № 50"</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>1969</v>
+        <v>6065</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>Боринський ПЛ НПР</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Миколаївський навчальний центр № 50"</t>
+        </is>
+      </c>
+      <c r="E65" s="5"/>
       <c r="F65" s="7"/>
-      <c r="G65" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G65" s="6"/>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J65" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>82547</t>
+          <t>81606</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA46080030010097733</t>
+          <t>UA46100250080031452</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
-          <t>с-ще Бориня</t>
+          <t>с. Заклад</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>вул. Вояків УПА, 1</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>03269 341 69</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(24)-141-80</t>
+        </is>
+      </c>
+      <c r="Q65" s="5"/>
       <c r="R65" s="5"/>
       <c r="S65" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Надич Лідія Василівна</t>
-[...3 lines deleted...]
-      <c r="V65" s="5"/>
+          <t>Соснило Ігор Дмитрович</t>
+        </is>
+      </c>
+      <c r="U65" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V65" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Великодідушицький ліцей Стрийської міської ради Стрийського району Львівської області.</t>
+          <t>Філія Державного навчального закладу "Угнівський аграрно-будівельний ліцей"</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>7217</v>
-[...1 lines deleted...]
-      <c r="C66" s="6"/>
+        <v>2603</v>
+      </c>
+      <c r="C66" s="6" t="n">
+        <v>2593</v>
+      </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>Великодідушицький ліцей</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E66" s="5"/>
       <c r="F66" s="7"/>
-      <c r="G66" s="6"/>
+      <c r="G66" s="6" t="n">
+        <v>1997</v>
+      </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J66" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти Стрийської районної державної адміністрації</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>82484</t>
+          <t>80062</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA46100230050030771</t>
+          <t>UA46120010010057892</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
-          <t>с. Великі Дідушичі</t>
+          <t>м. Белз</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Гошівська, 155</t>
+          <t>вул. Савенка, 2</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>(097)923-84-74</t>
+          <t>+38(068)-068-24-52;</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>v_didushytska_school@ukr.net</t>
+          <t>ugniv_abl@ukr.net</t>
         </is>
       </c>
       <c r="R66" s="5"/>
       <c r="S66" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Василів Тарас Богданович</t>
+          <t>Осміловська Любов Василівна</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Кінологічний навчальний центр Державної прикордонної служби України (військова частина 2418)</t>
+          <t>Боринський професійний ліцей народних промислів і ремесел</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>6102</v>
+        <v>1969</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>КНЦ (В/Ч 2418)</t>
-[...2 lines deleted...]
-      <c r="E67" s="5"/>
+          <t>Боринський ПЛ НПР</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>Borynskyy professional college folk arts and crafts</t>
+        </is>
+      </c>
       <c r="F67" s="7"/>
       <c r="G67" s="6" t="n">
-        <v>2006</v>
+        <v>2003</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Державна прикордонна служба України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>80074</t>
+          <t>82547</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA46120030010063566</t>
+          <t>UA46080030010097733</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
-          <t>м. Великі Мости</t>
+          <t>с-ще Бориня</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 166</t>
+          <t>вул. Вояків УПА, 1</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-576-48-57</t>
+          <t>03269 341 69</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>veliki_mosti@dpsu.gov.ua</t>
+          <t>Borunjaproflicej@ukr.net</t>
         </is>
       </c>
       <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
-          <t>Начальник Кінологічного навчального центру</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Масловський Олександр Юрійович</t>
+          <t>Надич Лідія Василівна</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Добротвірський професійний ліцей</t>
+          <t>Великодідушицький ліцей Стрийської міської ради Стрийського району Львівської області.</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>1659</v>
+        <v>7217</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>ДПЛ</t>
+          <t>Великодідушицький ліцей</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
-      <c r="G68" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G68" s="6"/>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J68" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Відділ освіти Стрийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>80411</t>
+          <t>82484</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA46120050010093637</t>
+          <t>UA46100230050030771</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
-          <t>с-ще Добротвір</t>
+          <t>с. Великі Дідушичі</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Сагайдачного, 3</t>
+          <t>вул. Гошівська, 155</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>0325431130</t>
+          <t>(097)923-84-74</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>DobrotvirPL@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>v_didushytska_school@ukr.net</t>
+        </is>
+      </c>
+      <c r="R68" s="5"/>
       <c r="S68" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Гречаник Оксана Ярославівна</t>
+          <t>Василів Тарас Богданович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Жидачівський професійний ліцей</t>
+          <t>Кінологічний навчальний центр Державної прикордонної служби України (військова частина 2418)</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>1672</v>
+        <v>6102</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>Жидачівський професійний ліцей</t>
+          <t>КНЦ (В/Ч 2418)</t>
         </is>
       </c>
       <c r="E69" s="5"/>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>2003</v>
+        <v>2006</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J69" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Державна прикордонна служба України</t>
         </is>
       </c>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>81700</t>
+          <t>80074</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA46100050010010600</t>
+          <t>UA46120030010063566</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
-          <t>м. Жидачів</t>
+          <t>м. Великі Мости</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>вул. Грюнвальдська, 80</t>
+          <t>вул. Львівська, 166</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>(03239) 3 16 80</t>
+          <t>+380(32)-576-48-57</t>
         </is>
       </c>
       <c r="Q69" s="5" t="inlineStr">
         <is>
-          <t>Zhud_pl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>veliki_mosti@dpsu.gov.ua</t>
+        </is>
+      </c>
+      <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків директора</t>
+          <t>Начальник Кінологічного навчального центру</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Музика Тетяна Романівна</t>
+          <t>Масловський Олександр Юрійович</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Жовківський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Добротвірський професійний ліцей</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>3752</v>
+        <v>1659</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>Жовківський РСТК ТСО України</t>
+          <t>ДПЛ</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>2000</v>
+        <v>1964</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>80300</t>
+          <t>80411</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA46060130010043364</t>
+          <t>UA46120050010093637</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>м. Жовква</t>
+          <t>с-ще Добротвір</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. С.Бандери, 3А</t>
+          <t>вул. Сагайдачного, 3</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>302 522 11 01</t>
+          <t>0325431130</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>club.tso@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R70" s="5"/>
+          <t>DobrotvirPL@ukr.net</t>
+        </is>
+      </c>
+      <c r="R70" s="5" t="inlineStr">
+        <is>
+          <t>https://www.dpl.org.ua</t>
+        </is>
+      </c>
       <c r="S70" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Вовк Михайло Володимирович</t>
+          <t>Гречаник Оксана Ярославівна</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Ліцей № 1 Зимноводівської сільської ради Львівського району Львівської області</t>
+          <t>Жидачівський професійний ліцей</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>7277</v>
+        <v>1672</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>Ліцей № 1 Зимноводівської сільської ради</t>
+          <t>Жидачівський професійний ліцей</t>
         </is>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="7"/>
-      <c r="G71" s="6"/>
+      <c r="G71" s="6" t="n">
+        <v>2003</v>
+      </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>81110</t>
+          <t>81700</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
-          <t>UA46060170010088194</t>
+          <t>UA46100050010010600</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
-          <t>с. Зимна Вода</t>
+          <t>м. Жидачів</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 2</t>
+          <t>вул. Грюнвальдська, 80</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>(097)453-01-83</t>
+          <t>(03239) 3 16 80</t>
         </is>
       </c>
       <c r="Q71" s="5" t="inlineStr">
         <is>
-          <t>zymn1zosh@uk.net</t>
+          <t>Zhud_pl@ukr.net</t>
         </is>
       </c>
       <c r="R71" s="5" t="inlineStr">
         <is>
-          <t>www.lyceum1zv.pp.ua</t>
+          <t>https://zhydpl.lviv.ua/</t>
         </is>
       </c>
       <c r="S71" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов’язків директора</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Левчук Оксана Іванівна</t>
+          <t>Музика Тетяна Романівна</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Золочівська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Жовківський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>3945</v>
+        <v>3752</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>Золочівська автошкола ТСО України</t>
+          <t>Жовківський РСТК ТСО України</t>
         </is>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="7"/>
       <c r="G72" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>80700</t>
+          <t>80300</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA46040070010068975</t>
+          <t>UA46060130010043364</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
-          <t>м. Золочів</t>
+          <t>м. Жовква</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Труша, 1</t>
+          <t>вул. С.Бандери, 3А</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>067 371 56 07</t>
+          <t>302 522 11 01</t>
         </is>
       </c>
       <c r="Q72" s="5" t="inlineStr">
         <is>
-          <t>zolochiv.tsou@ukr.net</t>
+          <t>club.tso@gmail.com</t>
         </is>
       </c>
       <c r="R72" s="5"/>
       <c r="S72" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T72" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T72" s="5" t="inlineStr">
+        <is>
+          <t>Вовк Михайло Володимирович</t>
+        </is>
+      </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Золочівський професійний ліцей</t>
+          <t>Ліцей № 1 Зимноводівської сільської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>1692</v>
+        <v>7277</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>ЗПЛ</t>
+          <t>Ліцей № 1 Зимноводівської сільської ради</t>
         </is>
       </c>
       <c r="E73" s="5"/>
       <c r="F73" s="7"/>
-      <c r="G73" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G73" s="6"/>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J73" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>80700</t>
+          <t>81110</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
-          <t>UA46040070010068975</t>
+          <t>UA46060170010088194</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
-          <t>м. Золочів</t>
+          <t>с. Зимна Вода</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Коновальця Є., 72</t>
+          <t>вул. Шевченка, 2</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>(03265) 42235, (03265) 43034</t>
+          <t>(097)453-01-83</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>zpl@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R73" s="5"/>
+          <t>zymn1zosh@uk.net</t>
+        </is>
+      </c>
+      <c r="R73" s="5" t="inlineStr">
+        <is>
+          <t>www.lyceum1zv.pp.ua</t>
+        </is>
+      </c>
       <c r="S73" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T73" s="5" t="inlineStr">
         <is>
-          <t>Рудий Михайло Богданович</t>
+          <t>Левчук Оксана Іванівна</t>
         </is>
       </c>
       <c r="U73" s="8"/>
       <c r="V73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Навчальний центр імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
+          <t>Золочівська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>3294</v>
+        <v>3945</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>Військова частина 3007</t>
-[...6 lines deleted...]
-      </c>
+          <t>Золочівська автошкола ТСО України</t>
+        </is>
+      </c>
+      <c r="E74" s="5"/>
       <c r="F74" s="7"/>
       <c r="G74" s="6" t="n">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J74" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K74" s="7" t="inlineStr">
         <is>
           <t>80700</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
           <t>UA46040070010068975</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
           <t>м. Золочів</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових стрільців, 2</t>
+          <t>вул. Труша, 1</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>(03265) 42037</t>
+          <t>067 371 56 07</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>vch3007@ngu.gov.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>zolochiv.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R74" s="5"/>
       <c r="S74" s="5" t="inlineStr">
         <is>
-          <t>Начальник Навчального центру Національної гвардії України</t>
-[...8 lines deleted...]
-      <c r="V74" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T74" s="5"/>
+      <c r="U74" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V74" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Художнє професійно-технічне училище ім. Й.П. Станька"</t>
+          <t>Золочівський професійний ліцей</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>2544</v>
+        <v>1692</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ХПТУ ім.Й.П.Станька"</t>
+          <t>ЗПЛ</t>
         </is>
       </c>
       <c r="E75" s="5"/>
       <c r="F75" s="7"/>
       <c r="G75" s="6" t="n">
-        <v>1946</v>
+        <v>2003</v>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K75" s="7" t="inlineStr">
         <is>
-          <t>81070</t>
+          <t>80700</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
-          <t>UA46140010010031231</t>
+          <t>UA46040070010068975</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
-          <t>с-ще Івано-Франкове</t>
+          <t>м. Золочів</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>пл. Ринок, 13</t>
+          <t>вул. Коновальця Є., 72</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>(03259)3-33-43</t>
+          <t>(03265) 42235, (03265) 43034</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>hptu14@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>zpl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R75" s="5"/>
       <c r="S75" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>Гевало Василь Михайлович</t>
+          <t>Рудий Михайло Богданович</t>
         </is>
       </c>
       <c r="U75" s="8"/>
       <c r="V75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище №71 м. Кам`янка-Бузька Львівської області</t>
+          <t>Навчальний центр імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>1767</v>
+        <v>3294</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №71 м. Кам`янка-Бузька</t>
+          <t>Військова частина 3007</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>Kamianka-Buzka Higher Vocational School №71 of Lviv region</t>
+          <t>Vasyl Vyshyvanyi Training Center of the National Guard of Ukraine (Military Unit 3007)</t>
         </is>
       </c>
       <c r="F76" s="7"/>
       <c r="G76" s="6" t="n">
-        <v>1951</v>
+        <v>2001</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K76" s="7" t="inlineStr">
         <is>
-          <t>80400</t>
+          <t>80700</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
-          <t>UA46060190010052224</t>
+          <t>UA46040070010068975</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
-          <t>м. Кам’янка-Бузька</t>
+          <t>м. Золочів</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>вул. Ліцейна, 5</t>
+          <t>вул. Січових стрільців, 2</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>+380667779753</t>
+          <t>(03265) 42037</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
-          <t>vpu71@i.ua</t>
+          <t>vch3007@ngu.gov.ua</t>
         </is>
       </c>
       <c r="R76" s="5" t="inlineStr">
         <is>
-          <t>vpu71.lviv.ua</t>
+          <t>http://ncngu.site/</t>
         </is>
       </c>
       <c r="S76" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник Навчального центру імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Антоняк Галина Михайлівна</t>
+          <t>Білаш Олександр Олександрович</t>
         </is>
       </c>
       <c r="U76" s="8"/>
       <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Кам`янка-Бузький районний спортивно-технічний клуб Товариства Сприяння Обороні України</t>
+          <t>Державний навчальний заклад "Художнє професійно-технічне училище ім. Й.П. Станька"</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>3813</v>
+        <v>2544</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>Кам-Бузький РСТК ТСОУ</t>
+          <t>ДНЗ "ХПТУ ім.Й.П.Станька"</t>
         </is>
       </c>
       <c r="E77" s="5"/>
       <c r="F77" s="7"/>
       <c r="G77" s="6" t="n">
-        <v>2000</v>
+        <v>1946</v>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J77" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>80400</t>
+          <t>81070</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA46060190010052224</t>
+          <t>UA46140010010031231</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
-          <t>м. Кам’янка-Бузька</t>
+          <t>с-ще Івано-Франкове</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>вул. Бандери, 6</t>
+          <t>пл. Ринок, 13</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>0679361069</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(097)-869-42-17;</t>
+        </is>
+      </c>
+      <c r="Q77" s="5"/>
       <c r="R77" s="5"/>
       <c r="S77" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Гавришко Олег Зіновійович</t>
+          <t>Гевало Василь Михайлович</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Лопатинська автомобільна школа товариства сприяння обороні України Львівської обласної організації товариства сприяння обороні України</t>
+          <t>Вище професійне училище №71 м. Кам`янка-Бузька Львівської області</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>4855</v>
+        <v>1767</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>Лопатинська АШ ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E78" s="5"/>
+          <t>ВПУ №71 м. Кам`янка-Бузька</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>Kamianka-Buzka Higher Vocational School №71 of Lviv region</t>
+        </is>
+      </c>
       <c r="F78" s="7"/>
       <c r="G78" s="6" t="n">
-        <v>2001</v>
+        <v>1951</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K78" s="7" t="inlineStr">
         <is>
-          <t>80261</t>
+          <t>80400</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
-          <t>UA46120070010059603</t>
+          <t>UA46060190010052224</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
-          <t>с-ще Лопатин</t>
+          <t>м. Кам’янка-Бузька</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 30</t>
-[...2 lines deleted...]
-      <c r="P78" s="5"/>
+          <t>вул. Ліцейна, 5</t>
+        </is>
+      </c>
+      <c r="P78" s="5" t="inlineStr">
+        <is>
+          <t>+380667779753</t>
+        </is>
+      </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>lopatin_avtoscool@email.ua</t>
-[...2 lines deleted...]
-      <c r="R78" s="5"/>
+          <t>vpu71@i.ua</t>
+        </is>
+      </c>
+      <c r="R78" s="5" t="inlineStr">
+        <is>
+          <t>vpu71.lviv.ua</t>
+        </is>
+      </c>
       <c r="S78" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Фарина Гордій Ярославович</t>
+          <t>Антоняк Галина Михайлівна</t>
         </is>
       </c>
       <c r="U78" s="8"/>
       <c r="V78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>Філія Добротвірського професійного ліцею в смт. Лопатин</t>
+          <t>Кам`янка-Бузький районний спортивно-технічний клуб Товариства Сприяння Обороні України</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>2967</v>
-[...3 lines deleted...]
-      </c>
+        <v>3813</v>
+      </c>
+      <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Кам-Бузький РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E79" s="5"/>
       <c r="F79" s="7"/>
       <c r="G79" s="6" t="n">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J79" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K79" s="7" t="inlineStr">
         <is>
-          <t>80261</t>
+          <t>80400</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
-          <t>UA46120070010059603</t>
+          <t>UA46060190010052224</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
-          <t>с-ще Лопатин</t>
+          <t>м. Кам’янка-Бузька</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 19</t>
-[...3 lines deleted...]
-      <c r="Q79" s="5"/>
+          <t>вул. Бандери, 6</t>
+        </is>
+      </c>
+      <c r="P79" s="5" t="inlineStr">
+        <is>
+          <t>0679361069</t>
+        </is>
+      </c>
+      <c r="Q79" s="5" t="inlineStr">
+        <is>
+          <t>kamianka-buzka.rstk.tsou@ukr.net</t>
+        </is>
+      </c>
       <c r="R79" s="5"/>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>завідувач</t>
-[...2 lines deleted...]
-      <c r="T79" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T79" s="5" t="inlineStr">
+        <is>
+          <t>Гавришко Олег Зіновійович</t>
+        </is>
+      </c>
       <c r="U79" s="8"/>
       <c r="V79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної ) освіти "Меденицький аграрно-технологічний професійний коледж"</t>
+          <t>Лопатинська автомобільна школа товариства сприяння обороні України Львівської обласної організації товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>1688</v>
+        <v>4855</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О "Меденицький АТПК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Лопатинська АШ ТСОУ</t>
+        </is>
+      </c>
+      <c r="E80" s="5"/>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J80" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K80" s="7" t="inlineStr">
         <is>
-          <t>82160</t>
+          <t>80261</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
-          <t>UA46020050010078717</t>
+          <t>UA46120070010059603</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
-          <t>с-ще Меденичі</t>
+          <t>с-ще Лопатин</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Дрогобицька, 32</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Центральна, 30</t>
+        </is>
+      </c>
+      <c r="P80" s="5"/>
       <c r="Q80" s="5" t="inlineStr">
         <is>
-          <t>mpldonloda@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>lopatin_avtoscool@email.ua</t>
+        </is>
+      </c>
+      <c r="R80" s="5"/>
       <c r="S80" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
-          <t>Лужецький Василь Степанович</t>
+          <t>Фарина Гордій Ярославович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Миколаївський професійний ліцей"</t>
+          <t>Філія Добротвірського професійного ліцею в смт. Лопатин</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>1684</v>
-[...1 lines deleted...]
-      <c r="C81" s="6"/>
+        <v>2967</v>
+      </c>
+      <c r="C81" s="6" t="n">
+        <v>1659</v>
+      </c>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Миколаївський професійний ліцей"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E81" s="5"/>
       <c r="F81" s="7"/>
       <c r="G81" s="6" t="n">
-        <v>2005</v>
+        <v>2004</v>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J81" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>81600</t>
+          <t>80261</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA46100110010094231</t>
+          <t>UA46120070010059603</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
-          <t>м. Миколаїв</t>
+          <t>с-ще Лопатин</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>вул. Устияновича, 39</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Центральна, 19</t>
+        </is>
+      </c>
+      <c r="P81" s="5"/>
+      <c r="Q81" s="5"/>
       <c r="R81" s="5"/>
       <c r="S81" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
-[...6 lines deleted...]
-      </c>
+          <t>завідувач</t>
+        </is>
+      </c>
+      <c r="T81" s="5"/>
       <c r="U81" s="8"/>
       <c r="V81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Нижанковицький професійний ліцей"</t>
+          <t>Заклад професійної (професійно-технічної ) освіти "Меденицький аграрно-технологічний професійний коледж"</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>1683</v>
+        <v>1688</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Нижанковицький професійний ліцей"</t>
-[...2 lines deleted...]
-      <c r="E82" s="5"/>
+          <t>ЗП(ПТ)О "Меденицький АТПК"</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>State Vocational Institution "Medenychi Agrаrian and Technological Vocational College"</t>
+        </is>
+      </c>
       <c r="F82" s="7"/>
       <c r="G82" s="6" t="n">
-        <v>1960</v>
+        <v>1997</v>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J82" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K82" s="7" t="inlineStr">
         <is>
-          <t>82011</t>
+          <t>82160</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
-          <t>UA46080050020013973</t>
+          <t>UA46020050010078717</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
-          <t>с-ще Нижанковичі</t>
+          <t>с-ще Меденичі</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 63</t>
+          <t>вул. Дрогобицька, 32</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>(238) 314 16</t>
+          <t>+380681536121</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>npl80@meta.ua</t>
+          <t>mpldonloda@ukr.net</t>
         </is>
       </c>
       <c r="R82" s="5" t="inlineStr">
         <is>
-          <t>www.nyzhankovychi-licey.com.ua</t>
+          <t>https://medenytskyipl.lviv.ua/</t>
         </is>
       </c>
       <c r="S82" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Сенейко Володимир Михайлович</t>
+          <t>Лужецький Василь Степанович</t>
         </is>
       </c>
       <c r="U82" s="8"/>
       <c r="V82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Новояворівське вище професійне училище"</t>
+          <t>Державний професійно-технічний навчальний заклад "Миколаївський професійний ліцей"</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>1715</v>
+        <v>1684</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Новояворівське ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Миколаївський професійний ліцей"</t>
+        </is>
+      </c>
+      <c r="E83" s="5"/>
       <c r="F83" s="7"/>
       <c r="G83" s="6" t="n">
-        <v>2003</v>
+        <v>2005</v>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K83" s="7" t="inlineStr">
         <is>
-          <t>81053</t>
+          <t>81600</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
-          <t>UA46140050010045115</t>
+          <t>UA46100110010094231</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
-          <t>м. Новояворівськ</t>
+          <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 20</t>
+          <t>вул. Устияновича, 39</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>0256 423 83</t>
+          <t>(0241)51-132</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>liceumbuch@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mykolaiv_PL@ukr.net</t>
+        </is>
+      </c>
+      <c r="R83" s="5"/>
       <c r="S83" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Пахолок Роман Антонович</t>
+          <t>Дудич Андрій Романович</t>
         </is>
       </c>
       <c r="U83" s="8"/>
       <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>"Новояворівський міжшкільний ресурсний центр"</t>
+          <t>Державний професійно-технічний навчальний заклад "Нижанковицький професійний ліцей"</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>2953</v>
+        <v>1683</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>"Новояворівський МРЦ"</t>
+          <t>ДПТНЗ "Нижанковицький професійний ліцей"</t>
         </is>
       </c>
       <c r="E84" s="5"/>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
-        <v>1979</v>
+        <v>1960</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J84" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>81053</t>
+          <t>82011</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA46140050010045115</t>
+          <t>UA46080050020013973</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
-          <t>м. Новояворівськ</t>
+          <t>с-ще Нижанковичі</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>вул. Привокзальна, 2</t>
+          <t>вул. Шевченка, 63</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>(032)564-29-71, (032)564-33-38</t>
+          <t>(238) 314 16</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>novmrc@gmail.com.</t>
-[...2 lines deleted...]
-      <c r="R84" s="5"/>
+          <t>npl80@meta.ua</t>
+        </is>
+      </c>
+      <c r="R84" s="5" t="inlineStr">
+        <is>
+          <t>www.nyzhankovychi-licey.com.ua</t>
+        </is>
+      </c>
       <c r="S84" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Дубик Віктор Ярославович</t>
+          <t>Сенейко Володимир Михайлович</t>
         </is>
       </c>
       <c r="U84" s="8"/>
       <c r="V84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Олеський опорний заклад загальної середньої освіти І-ІІІ ступенів Буської міської ради</t>
+          <t>Державний навчальний заклад "Новояворівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>6913</v>
+        <v>1715</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>Олеський ОЗЗСО І-ІІІ ст.</t>
-[...2 lines deleted...]
-      <c r="E85" s="5"/>
+          <t>ДНЗ "Новояворівське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution "Novoiavorivske higher vocational school"</t>
+        </is>
+      </c>
       <c r="F85" s="7"/>
       <c r="G85" s="6" t="n">
-        <v>1910</v>
+        <v>2003</v>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J85" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K85" s="7" t="inlineStr">
         <is>
-          <t>80533</t>
+          <t>81053</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
-          <t>UA46040030020026316</t>
+          <t>UA46140050010045115</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
-          <t>с-ще Олесько</t>
+          <t>м. Новояворівськ</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 81</t>
+          <t>вул. Шевченка, 20</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>(067)857-30-77</t>
+          <t>0256 423 83</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>oleskschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R85" s="5"/>
+          <t>liceumbuch@gmail.com</t>
+        </is>
+      </c>
+      <c r="R85" s="5" t="inlineStr">
+        <is>
+          <t>https://ndnz.com.ua</t>
+        </is>
+      </c>
       <c r="S85" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T85" s="5" t="inlineStr">
         <is>
-          <t>Кольба Світлана Ярославівна</t>
+          <t>Пахолок Роман Антонович</t>
         </is>
       </c>
       <c r="U85" s="8"/>
       <c r="V85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>ОЛЕСЬКИЙ ПРОФЕСІЙНИЙ ЛІЦЕЙ</t>
+          <t>"Новояворівський міжшкільний ресурсний центр"</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>1678</v>
+        <v>2953</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>ОПЛ</t>
+          <t>"Новояворівський МРЦ"</t>
         </is>
       </c>
       <c r="E86" s="5"/>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>1965</v>
+        <v>1979</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J86" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>80533</t>
+          <t>81053</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA46040030020026316</t>
+          <t>UA46140050010045115</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
-          <t>с-ще Олесько</t>
+          <t>м. Новояворівськ</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>вул. Валова, 9</t>
+          <t>вул. Привокзальна, 2</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>0688655504</t>
+          <t>(032)564-29-71, (032)564-33-38</t>
         </is>
       </c>
       <c r="Q86" s="5" t="inlineStr">
         <is>
-          <t>olesko_licey@ukr.net</t>
+          <t>novmrc@gmail.com.</t>
         </is>
       </c>
       <c r="R86" s="5"/>
       <c r="S86" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Парійчук Іван Володимирович</t>
+          <t>Дубик Віктор Ярославович</t>
         </is>
       </c>
       <c r="U86" s="8"/>
       <c r="V86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>Перемишлянський професійний ліцей</t>
+          <t>Олеський опорний заклад загальної середньої освіти І-ІІІ ступенів Буської міської ради</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>1710</v>
+        <v>6913</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>ППЛ</t>
+          <t>Олеський ОЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E87" s="5"/>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>1966</v>
+        <v>1910</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J87" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K87" s="7" t="inlineStr">
         <is>
-          <t>81200</t>
+          <t>80533</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
-          <t>UA46060330010045641</t>
+          <t>UA46040030020026316</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
-          <t>м. Перемишляни</t>
+          <t>с-ще Олесько</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>вул. Липова Алея, 3</t>
+          <t>вул. Шевченка, 81</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>03263 213 82, 03263 217 48,</t>
+          <t>(067)857-30-77</t>
         </is>
       </c>
       <c r="Q87" s="5" t="inlineStr">
         <is>
-          <t>licej61@ukr.net</t>
+          <t>oleskschool@ukr.net</t>
         </is>
       </c>
       <c r="R87" s="5"/>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T87" s="5" t="inlineStr">
         <is>
-          <t>Танасієнко Ростислав Васильович</t>
+          <t>Кольба Світлана Ярославівна</t>
         </is>
       </c>
       <c r="U87" s="8"/>
       <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>Перемишлянський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>ОЛЕСЬКИЙ ПРОФЕСІЙНИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>3934</v>
+        <v>1678</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>Перемишлянський РСТК ТСО України</t>
+          <t>ОПЛ</t>
         </is>
       </c>
       <c r="E88" s="5"/>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>2000</v>
+        <v>1965</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J88" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>81200</t>
+          <t>80533</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
-          <t>UA46060330010045641</t>
+          <t>UA46040030020026316</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
-          <t>м. Перемишляни</t>
+          <t>с-ще Олесько</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
-          <t>вул. Привокзальна, 22</t>
+          <t>вул. Валова, 9</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>097 566 53 74</t>
+          <t>0688655504</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>tso.perem@gmail.com</t>
+          <t>olesko_licey@ukr.net</t>
         </is>
       </c>
       <c r="R88" s="5"/>
       <c r="S88" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
-          <t>Мартиняк Ігор Васильович</t>
+          <t>Парійчук Іван Володимирович</t>
         </is>
       </c>
       <c r="U88" s="8"/>
       <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Погірцівське вище професійне училище"</t>
+          <t>Перемишлянський професійний ліцей</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>1679</v>
+        <v>1710</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Погірцівське ВПУ"</t>
+          <t>ППЛ</t>
         </is>
       </c>
       <c r="E89" s="5"/>
       <c r="F89" s="7"/>
       <c r="G89" s="6" t="n">
-        <v>2000</v>
+        <v>1966</v>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J89" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K89" s="7" t="inlineStr">
         <is>
-          <t>81445</t>
+          <t>81200</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
-          <t>UA46080110260025386</t>
+          <t>UA46060330010045641</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
-          <t>с. Погірці</t>
+          <t>м. Перемишляни</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 2</t>
+          <t>вул. Липова Алея, 3</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>236 46625</t>
+          <t>03263 213 82, 03263 217 48,</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>pogirci.osvita@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>licej61@ukr.net</t>
+        </is>
+      </c>
+      <c r="R89" s="5"/>
       <c r="S89" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Брийовський Василь Вікторович</t>
+          <t>Танасієнко Ростислав Васильович</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Пустомитівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Перемишлянський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>5537</v>
+        <v>3934</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>Пустомитівський РСТК ТСО України</t>
+          <t>Перемишлянський РСТК ТСО України</t>
         </is>
       </c>
       <c r="E90" s="5"/>
       <c r="F90" s="7"/>
       <c r="G90" s="6" t="n">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="H90" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J90" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>81100</t>
+          <t>81200</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
-          <t>UA46060370010036941</t>
+          <t>UA46060330010045641</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
-          <t>м. Пустомити</t>
+          <t>м. Перемишляни</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 4</t>
+          <t>вул. Привокзальна, 22</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-304-15-54</t>
+          <t>097 566 53 74</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>pustomyty.rstk.tsou@ukr.net</t>
+          <t>tso.perem@gmail.com</t>
         </is>
       </c>
       <c r="R90" s="5"/>
       <c r="S90" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Децик Руслана Ігорівна</t>
-[...3 lines deleted...]
-      <c r="V90" s="5"/>
+          <t>Мартиняк Ігор Васильович</t>
+        </is>
+      </c>
+      <c r="U90" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V90" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>Рава-Руський міський спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Погірцівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>4812</v>
+        <v>1679</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ДНЗ "Погірцівське ВПУ"</t>
         </is>
       </c>
       <c r="E91" s="5"/>
       <c r="F91" s="7"/>
       <c r="G91" s="6" t="n">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J91" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J91" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>80316</t>
+          <t>81445</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
-          <t>UA46060390010035472</t>
+          <t>UA46080110260025386</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
-          <t>м. Рава-Руська</t>
+          <t>с. Погірці</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Коновальця, 50</t>
+          <t>вул. Центральна, 2</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-524-20-32</t>
+          <t>236 46625</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
-          <t>club.tso@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R91" s="5"/>
+          <t>pogirci.osvita@gmail.com</t>
+        </is>
+      </c>
+      <c r="R91" s="5" t="inlineStr">
+        <is>
+          <t>https://pohirtsivpu.lviv.ua</t>
+        </is>
+      </c>
       <c r="S91" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о директора</t>
         </is>
       </c>
       <c r="T91" s="5" t="inlineStr">
         <is>
-          <t>Вовк Михайло Володимирович</t>
+          <t>Брийовський Василь Вікторович</t>
         </is>
       </c>
       <c r="U91" s="8"/>
       <c r="V91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>Рава-Руський професійний ліцей</t>
+          <t>Пустомитівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>2032</v>
+        <v>5537</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Пустомитівський РСТК ТСО України</t>
         </is>
       </c>
       <c r="E92" s="5"/>
       <c r="F92" s="7"/>
       <c r="G92" s="6" t="n">
-        <v>2003</v>
+        <v>1996</v>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J92" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K92" s="7" t="inlineStr">
         <is>
-          <t>80316</t>
+          <t>81100</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
-          <t>UA46060390010035472</t>
+          <t>UA46060370010036941</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
-          <t>м. Рава-Руська</t>
+          <t>м. Пустомити</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. 1 Листопада, 6</t>
+          <t>вул. Грушевського, 4</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>0325243149; 0325243307</t>
+          <t>+380(32)-304-15-54</t>
         </is>
       </c>
       <c r="Q92" s="5" t="inlineStr">
         <is>
-          <t>rrlicey@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>pustomyty.rstk.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R92" s="5"/>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T92" s="5" t="inlineStr">
         <is>
-          <t>Лень Андрій Степанович</t>
+          <t>Децик Руслана Ігорівна</t>
         </is>
       </c>
       <c r="U92" s="8"/>
       <c r="V92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Радехівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Рава-Руський міський спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>4852</v>
+        <v>4812</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>Радехівський РСТК України</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
-        <v>2003</v>
+        <v>1998</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J93" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J93" s="5"/>
       <c r="K93" s="7" t="inlineStr">
         <is>
-          <t>80200</t>
+          <t>80316</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
-          <t>UA46120090010078401</t>
+          <t>UA46060390010035472</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
-          <t>м. Радехів</t>
+          <t>м. Рава-Руська</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Кринична, 27</t>
+          <t>вул. Коновальця, 50</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-552-11-88</t>
+          <t>+380(32)-524-20-32</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
-          <t>radekhivrstk@ukr.net</t>
+          <t>club.tso@gmail.com</t>
         </is>
       </c>
       <c r="R93" s="5"/>
       <c r="S93" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T93" s="5" t="inlineStr">
         <is>
-          <t>Фарина Гордій Ярославович</t>
+          <t>Вовк Михайло Володимирович</t>
         </is>
       </c>
       <c r="U93" s="8"/>
       <c r="V93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Сокальський професійний ліцей"</t>
+          <t>Рава-Руський професійний ліцей</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>1669</v>
+        <v>2032</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ “Сокальський професійний ліцей”</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E94" s="5"/>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
-        <v>1969</v>
+        <v>2003</v>
       </c>
       <c r="H94" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>80000</t>
+          <t>80316</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA46120110010087965</t>
+          <t>UA46060390010035472</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
-          <t>м. Сокаль</t>
+          <t>м. Рава-Руська</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. Підкови, 1</t>
+          <t>вул. 1 Листопада, 6</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>0967947331</t>
+          <t>+38(032)-524-31-49;</t>
         </is>
       </c>
       <c r="Q94" s="5" t="inlineStr">
         <is>
-          <t>sokallicey@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>rrlicey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R94" s="5"/>
       <c r="S94" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T94" s="5" t="inlineStr">
         <is>
-          <t>Юрчишин Наталія Павлівна</t>
+          <t>Лень Андрій Степанович</t>
         </is>
       </c>
       <c r="U94" s="8"/>
       <c r="V94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Судововишнянський професійний ліцей"</t>
+          <t>Радехівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>1677</v>
+        <v>4852</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ «Судововишнянський ПЛ»</t>
+          <t>Радехівський РСТК України</t>
         </is>
       </c>
       <c r="E95" s="5"/>
       <c r="F95" s="7"/>
       <c r="G95" s="6" t="n">
-        <v>2012</v>
+        <v>2003</v>
       </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K95" s="7" t="inlineStr">
         <is>
-          <t>81340</t>
+          <t>80200</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA46140070010067363</t>
+          <t>UA46120090010078401</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
-          <t>м. Судова Вишня</t>
+          <t>м. Радехів</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>вул. 1-го листопада, 5</t>
+          <t>вул. Кринична, 27</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>03234 371 53</t>
+          <t>+380(32)-552-11-88</t>
         </is>
       </c>
       <c r="Q95" s="5" t="inlineStr">
         <is>
-          <t>vyshnya-ptu@ukr.net</t>
+          <t>radekhivrstk@ukr.net</t>
         </is>
       </c>
       <c r="R95" s="5"/>
       <c r="S95" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Воробйова Наталія Володимирівна</t>
+          <t>Фарина Гордій Ярославович</t>
         </is>
       </c>
       <c r="U95" s="8"/>
       <c r="V95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>Топорівський заклад загальної середньої освіти l-lll ступенів Буської міської ради</t>
+          <t>Державний професійно-технічний навчальний заклад "Сокальський професійний ліцей"</t>
         </is>
       </c>
       <c r="B96" s="6" t="n">
-        <v>6841</v>
+        <v>1669</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
-          <t>Топорівський ЗЗСО І-ІІІ ст.</t>
+          <t>ДПТНЗ “Сокальський професійний ліцей”</t>
         </is>
       </c>
       <c r="E96" s="5"/>
       <c r="F96" s="7"/>
-      <c r="G96" s="6"/>
+      <c r="G96" s="6" t="n">
+        <v>1969</v>
+      </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I96" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J96" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K96" s="7" t="inlineStr">
         <is>
-          <t>80520</t>
+          <t>80000</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
-          <t>UA46040030600022031</t>
+          <t>UA46120110010087965</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
-          <t>с. Топорів</t>
+          <t>м. Сокаль</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
-          <t>вул. Шкільна, 6</t>
+          <t>вул. Підкови, 1</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>(096)445-11-09</t>
+          <t>0967947331</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
-          <t>toporivshkola@uk.net</t>
-[...2 lines deleted...]
-      <c r="R96" s="5"/>
+          <t>sokallicey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R96" s="5" t="inlineStr">
+        <is>
+          <t>https://proflicej.sokal.info/</t>
+        </is>
+      </c>
       <c r="S96" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
-          <t>Білостоцька Ірина Володимирівна</t>
+          <t>Юрчишин Наталія Павлівна</t>
         </is>
       </c>
       <c r="U96" s="8"/>
       <c r="V96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Турківський професійний коледж"</t>
+          <t>Державний навчальний заклад "Судововишнянський професійний ліцей"</t>
         </is>
       </c>
       <c r="B97" s="6" t="n">
-        <v>2250</v>
+        <v>1677</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О "ТПК"</t>
+          <t>ДНЗ «Судововишнянський ПЛ»</t>
         </is>
       </c>
       <c r="E97" s="5"/>
       <c r="F97" s="7"/>
       <c r="G97" s="6" t="n">
-        <v>1966</v>
+        <v>2012</v>
       </c>
       <c r="H97" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I97" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K97" s="7" t="inlineStr">
         <is>
-          <t>82500</t>
+          <t>81340</t>
         </is>
       </c>
       <c r="L97" s="7" t="inlineStr">
         <is>
-          <t>UA46080190010014284</t>
+          <t>UA46140070010067363</t>
         </is>
       </c>
       <c r="M97" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N97" s="5" t="inlineStr">
         <is>
-          <t>м. Турка</t>
+          <t>м. Судова Вишня</t>
         </is>
       </c>
       <c r="O97" s="5" t="inlineStr">
         <is>
-          <t>вул. Молодіжна, 39</t>
+          <t>вул. 1-го листопада, 5</t>
         </is>
       </c>
       <c r="P97" s="5" t="inlineStr">
         <is>
-          <t>(03269)32154; 0665147866</t>
+          <t>03234 371 53</t>
         </is>
       </c>
       <c r="Q97" s="5" t="inlineStr">
         <is>
-          <t>turkaptl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vyshnya-ptu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R97" s="5"/>
       <c r="S97" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T97" s="5" t="inlineStr">
         <is>
-          <t>Юричко Ярослав Володимирович</t>
+          <t>Воробйова Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U97" s="8"/>
       <c r="V97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>Турківська автомобільна школа товариства сприяння обороні України</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Турківський професійний коледж"</t>
         </is>
       </c>
       <c r="B98" s="6" t="n">
-        <v>3916</v>
+        <v>2250</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="5" t="inlineStr">
         <is>
-          <t>Турківська автошкола ТСО України</t>
+          <t>ЗП(ПТ)О "ТПК"</t>
         </is>
       </c>
       <c r="E98" s="5"/>
       <c r="F98" s="7"/>
       <c r="G98" s="6" t="n">
-        <v>2000</v>
+        <v>1966</v>
       </c>
       <c r="H98" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I98" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J98" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K98" s="7" t="inlineStr">
         <is>
           <t>82500</t>
         </is>
       </c>
       <c r="L98" s="7" t="inlineStr">
         <is>
           <t>UA46080190010014284</t>
         </is>
       </c>
       <c r="M98" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N98" s="5" t="inlineStr">
         <is>
           <t>м. Турка</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
-          <t>вул. Данила Галицького, 2</t>
+          <t>вул. Молодіжна, 39</t>
         </is>
       </c>
       <c r="P98" s="5" t="inlineStr">
         <is>
-          <t>032 693 21 67</t>
+          <t>(03269)32154; 0665147866</t>
         </is>
       </c>
       <c r="Q98" s="5" t="inlineStr">
         <is>
-          <t>turka_autoshkola@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R98" s="5"/>
+          <t>turkaptl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R98" s="5" t="inlineStr">
+        <is>
+          <t>https://www.turkaptl.org/</t>
+        </is>
+      </c>
       <c r="S98" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Кундич Володимир Миколайович</t>
+          <t>Юричко Ярослав Володимирович</t>
         </is>
       </c>
       <c r="U98" s="8"/>
       <c r="V98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Угнівський аграрно-будівельний ліцей"</t>
+          <t>Турківська автомобільна школа товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B99" s="6" t="n">
-        <v>2593</v>
+        <v>3916</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Турківська автошкола ТСО України</t>
         </is>
       </c>
       <c r="E99" s="5"/>
       <c r="F99" s="7"/>
       <c r="G99" s="6" t="n">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I99" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J99" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K99" s="7" t="inlineStr">
         <is>
-          <t>80064</t>
+          <t>82500</t>
         </is>
       </c>
       <c r="L99" s="7" t="inlineStr">
         <is>
-          <t>UA46120010020094201</t>
+          <t>UA46080190010014284</t>
         </is>
       </c>
       <c r="M99" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N99" s="5" t="inlineStr">
         <is>
-          <t>м. Угнів</t>
+          <t>м. Турка</t>
         </is>
       </c>
       <c r="O99" s="5" t="inlineStr">
         <is>
-          <t>вул. Жуковських, 8</t>
+          <t>вул. Данила Галицького, 2</t>
         </is>
       </c>
       <c r="P99" s="5" t="inlineStr">
         <is>
-          <t>0325754469</t>
+          <t>032 693 21 67</t>
         </is>
       </c>
       <c r="Q99" s="5" t="inlineStr">
         <is>
-          <t>ugniv_abl@ukr.net</t>
+          <t>turka_autoshkola@ukr.net</t>
         </is>
       </c>
       <c r="R99" s="5"/>
       <c r="S99" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T99" s="5" t="inlineStr">
         <is>
-          <t>Осміловська Любов Василівна</t>
+          <t>Кундич Володимир Миколайович</t>
         </is>
       </c>
       <c r="U99" s="8"/>
       <c r="V99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти «Галицький професійний агротехнічний коледж»</t>
+          <t>Державний навчальний заклад "Угнівський аграрно-будівельний ліцей"</t>
         </is>
       </c>
       <c r="B100" s="6" t="n">
-        <v>1670</v>
+        <v>2593</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О «ГАЛИЦЬКИЙ ПАК»</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E100" s="5"/>
       <c r="F100" s="7"/>
       <c r="G100" s="6" t="n">
-        <v>1953</v>
+        <v>1996</v>
       </c>
       <c r="H100" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I100" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J100" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K100" s="7" t="inlineStr">
         <is>
-          <t>80733</t>
+          <t>80064</t>
         </is>
       </c>
       <c r="L100" s="7" t="inlineStr">
         <is>
-          <t>UA46040070650079175</t>
+          <t>UA46120010020094201</t>
         </is>
       </c>
       <c r="M100" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N100" s="5" t="inlineStr">
         <is>
-          <t>с. Галицьке</t>
+          <t>м. Угнів</t>
         </is>
       </c>
       <c r="O100" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 17А</t>
+          <t>вул. Жуковських, 8</t>
         </is>
       </c>
       <c r="P100" s="5" t="inlineStr">
         <is>
-          <t>(03265) 5 46 44</t>
+          <t>0325754469</t>
         </is>
       </c>
       <c r="Q100" s="5" t="inlineStr">
         <is>
-          <t>vpu.chervone@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ugniv_abl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R100" s="5"/>
       <c r="S100" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T100" s="5" t="inlineStr">
         <is>
-          <t>Ляшовський Василь Анатолійович</t>
+          <t>Осміловська Любов Василівна</t>
         </is>
       </c>
       <c r="U100" s="8"/>
       <c r="V100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>Яворівський ліцей імені Осипа Маковея Яворівської міської ради Львівської області</t>
+          <t>Заклад професійної (професійно-технічної) освіти «Галицький професійний агротехнічний коледж»</t>
         </is>
       </c>
       <c r="B101" s="6" t="n">
-        <v>6898</v>
+        <v>1670</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="5" t="inlineStr">
         <is>
-          <t>Яворівський ліцей ім. Осипа Маковея</t>
-[...2 lines deleted...]
-      <c r="E101" s="5"/>
+          <t>ЗП(ПТ)О «ГАЛИЦЬКИЙ ПАК»</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION «Halytskyi Profesiinyi Ahrotekhnichnyi koledzh»</t>
+        </is>
+      </c>
       <c r="F101" s="7"/>
       <c r="G101" s="6" t="n">
+        <v>1953</v>
+      </c>
+      <c r="H101" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I101" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J101" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
+      <c r="K101" s="7" t="inlineStr">
+        <is>
+          <t>80733</t>
+        </is>
+      </c>
+      <c r="L101" s="7" t="inlineStr">
+        <is>
+          <t>UA46040070650079175</t>
+        </is>
+      </c>
+      <c r="M101" s="5" t="inlineStr">
+        <is>
+          <t>Львівська обл.</t>
+        </is>
+      </c>
+      <c r="N101" s="5" t="inlineStr">
+        <is>
+          <t>с. Галицьке</t>
+        </is>
+      </c>
+      <c r="O101" s="5" t="inlineStr">
+        <is>
+          <t>вул. Львівська, 17А</t>
+        </is>
+      </c>
+      <c r="P101" s="5" t="inlineStr">
+        <is>
+          <t>(03265) 5 46 44</t>
+        </is>
+      </c>
+      <c r="Q101" s="5" t="inlineStr">
+        <is>
+          <t>vpu.chervone@gmail.com</t>
+        </is>
+      </c>
+      <c r="R101" s="5" t="inlineStr">
+        <is>
+          <t>https://gpak.in.ua</t>
+        </is>
+      </c>
+      <c r="S101" s="5" t="inlineStr">
+        <is>
+          <t>В.о. директора</t>
+        </is>
+      </c>
+      <c r="T101" s="5" t="inlineStr">
+        <is>
+          <t>Ляшовський Василь Анатолійович</t>
+        </is>
+      </c>
+      <c r="U101" s="8"/>
+      <c r="V101" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="inlineStr">
+        <is>
+          <t>Яворівський ліцей імені Осипа Маковея Яворівської міської ради Львівської області</t>
+        </is>
+      </c>
+      <c r="B102" s="6" t="n">
+        <v>6898</v>
+      </c>
+      <c r="C102" s="6"/>
+      <c r="D102" s="5" t="inlineStr">
+        <is>
+          <t>Яворівський ліцей ім. Осипа Маковея</t>
+        </is>
+      </c>
+      <c r="E102" s="5"/>
+      <c r="F102" s="7"/>
+      <c r="G102" s="6" t="n">
         <v>1908</v>
       </c>
-      <c r="H101" s="5" t="inlineStr">
+      <c r="H102" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
-      <c r="I101" s="5" t="inlineStr">
+      <c r="I102" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
-      <c r="J101" s="5"/>
-      <c r="K101" s="7" t="inlineStr">
+      <c r="J102" s="5"/>
+      <c r="K102" s="7" t="inlineStr">
         <is>
           <t>81000</t>
         </is>
       </c>
-      <c r="L101" s="7" t="inlineStr">
+      <c r="L102" s="7" t="inlineStr">
         <is>
           <t>UA46140110010091191</t>
         </is>
       </c>
-      <c r="M101" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="N101" s="5" t="inlineStr">
+      <c r="M102" s="5" t="inlineStr">
+        <is>
+          <t>Львівська обл.</t>
+        </is>
+      </c>
+      <c r="N102" s="5" t="inlineStr">
         <is>
           <t>м. Яворів</t>
         </is>
       </c>
-      <c r="O101" s="5" t="inlineStr">
+      <c r="O102" s="5" t="inlineStr">
         <is>
           <t>вул. Львівська, 18</t>
         </is>
       </c>
-      <c r="P101" s="5" t="inlineStr">
+      <c r="P102" s="5" t="inlineStr">
         <is>
           <t>(096)277-38-71</t>
         </is>
       </c>
-      <c r="Q101" s="5" t="inlineStr">
+      <c r="Q102" s="5" t="inlineStr">
         <is>
           <t>gimnaziya_yavoriv@ukr.net</t>
         </is>
       </c>
-      <c r="R101" s="5"/>
-      <c r="S101" s="5" t="inlineStr">
+      <c r="R102" s="5"/>
+      <c r="S102" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T101" s="5" t="inlineStr">
+      <c r="T102" s="5" t="inlineStr">
         <is>
           <t>Моржин Наталія Романівна</t>
         </is>
       </c>
-      <c r="U101" s="8" t="n">
+      <c r="U102" s="8" t="n">
         <v>45748</v>
       </c>
-      <c r="V101" s="5" t="inlineStr">
+      <c r="V102" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V101"/>
+  <autoFilter ref="A1:V102"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>