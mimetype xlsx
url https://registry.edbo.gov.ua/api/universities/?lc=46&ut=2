--- v1 (2026-02-14)
+++ v2 (2026-03-31)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$102</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$101</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V102"/>
+  <dimension ref="A1:V101"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -719,51 +719,51 @@
           <t>79035</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA46060250010457177</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Зелена, 151-А</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>+38 098 800 3303</t>
+          <t>+38(067)-800-78-57</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>lppl_lviv@ukr.net</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>lvppu.org.ua</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Катерина Василь Петрович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
@@ -1273,61 +1273,61 @@
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Корнійчук Леся Степанівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Міжрегіональне вище професійне училище автомобільного транспорту та будівництва"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>1668</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ДПТНЗ "МВПУАТБ"</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>Interregional high vocational school of automobile transport and construction</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>2000</v>
+        <v>1954</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>79071</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA46060250010515336</t>
         </is>
@@ -1765,55 +1765,63 @@
           <t>79008</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>вул. І. Федорова, 9</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>+38(032)-235-87-57;</t>
-[...3 lines deleted...]
-      <c r="R18" s="5"/>
+          <t>+38(032)-235-87-57</t>
+        </is>
+      </c>
+      <c r="Q18" s="5" t="inlineStr">
+        <is>
+          <t>info@college.lviv.ua</t>
+        </is>
+      </c>
+      <c r="R18" s="5" t="inlineStr">
+        <is>
+          <t>college.lviv.ua</t>
+        </is>
+      </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Бурак Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної(професійно-технічної) освіти "Львівський професійний коледж моделювання і ресторанної справи</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>1732</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
@@ -2201,58 +2209,54 @@
           <t>79026</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Чмоли, 2</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-238-90-51</t>
-[...6 lines deleted...]
-      </c>
+          <t>0322389048; 0322389051;</t>
+        </is>
+      </c>
+      <c r="Q23" s="5"/>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Гій Ярина Ярославівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>Львівське комунальне підприємство "Львівелектротранс"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>3930</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
@@ -2724,58 +2728,52 @@
         <is>
           <t>вул. Чупринки, 58 А</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>032 238 38 59</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>gazoteh@ukr.net</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Габіт Алла Владиславівна</t>
         </is>
       </c>
-      <c r="U29" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U29" s="8"/>
+      <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Гал-Безпека"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>2991</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ПП "Гал-Безпека"</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3632,52 +3630,58 @@
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
           <t>вул. Личаківська, 27А</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
           <t>032 275 85 61</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
           <t>lv@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T40" s="5"/>
-      <c r="U40" s="8"/>
-      <c r="V40" s="5"/>
+      <c r="U40" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V40" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>ШЕВЧЕНКІВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ М. ЛЬВОВА /ТСО УКРАЇНИ/</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
         <v>6986</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3957,52 +3961,60 @@
       <c r="K44" s="7" t="inlineStr">
         <is>
           <t>82100</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA46020030010069501</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Дрогобич</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
           <t>вул. Трускавецька, 77</t>
         </is>
       </c>
-      <c r="P44" s="5"/>
-      <c r="Q44" s="5"/>
+      <c r="P44" s="5" t="inlineStr">
+        <is>
+          <t>+38(097)-711-95-43</t>
+        </is>
+      </c>
+      <c r="Q44" s="5" t="inlineStr">
+        <is>
+          <t>dnc40@meta.ua</t>
+        </is>
+      </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
           <t>Кіліян Євген Володимирович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>Мобільний рятувальний центр швидкого реагування "Львів" Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
         <v>4385</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
@@ -4398,4571 +4410,4477 @@
           <t>(03261) 2 44 31, 2 01 14</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
           <t>nrproflicey@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
           <t>Труш Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Державний професійний (професійно-технічний) заклад освіти "Самбірський професійний ліцей"</t>
+          <t>Комунальний заклад Львівської обласної ради "Професійно-технічне училище-інтернат професійної реабілітації учнів-інвалідів м. Самбора"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>1717</v>
+        <v>1719</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>ДПЗО "Самбірський ПЛ"</t>
+          <t>ПТУ - інтернат професійної реабілітації учнів-інвалідів</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>1985</v>
+        <v>2000</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
           <t>81400</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA46080130010066889</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Самбір</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Гоголя, 9</t>
+          <t>вул. Василя Стуса, 9</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>0236 21475, 0236 34107</t>
+          <t>032 363 22 18</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>sambir_plsp@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R50" s="5"/>
+          <t>sptu_8@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5" t="inlineStr">
+        <is>
+          <t>https://sambirlic.lviv.ua/</t>
+        </is>
+      </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Ладичук Олексій Олександрович</t>
+          <t>Йоник Василь Вікторович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Львівської обласної ради "Професійно-технічне училище-інтернат професійної реабілітації учнів-інвалідів м. Самбора"</t>
+          <t>Самбірський міський спортивно-технічний клуб ТСО України</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>1719</v>
+        <v>3850</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ПТУ - інтернат професійної реабілітації учнів-інвалідів</t>
+          <t>Самбірський МСТК ТСО України</t>
         </is>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
           <t>81400</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA46080130010066889</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Самбір</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Василя Стуса, 9</t>
+          <t>вул. Ів. Филипчака, 34/3</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>032 363 22 18</t>
+          <t>032 363 23 73</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>sptu_8@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>sambir.mstk.tsou@gmail.com</t>
+        </is>
+      </c>
+      <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Йоник Василь Вікторович</t>
-[...3 lines deleted...]
-      <c r="V51" s="5"/>
+          <t>Фенчин Володимир Михайлович</t>
+        </is>
+      </c>
+      <c r="U51" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V51" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Самбірський міський спортивно-технічний клуб ТСО України</t>
+          <t>Вище професійне училище № 35 м. Стрия</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>3850</v>
+        <v>1704</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>Самбірський МСТК ТСО України</t>
-[...2 lines deleted...]
-      <c r="E52" s="5"/>
+          <t>ВПУ №35 м. Стрия</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>Higher Vocational School № 35 of Stryi</t>
+        </is>
+      </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>81400</t>
+          <t>82400</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA46080130010066889</t>
+          <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>м. Самбір</t>
+          <t>м. Стрий</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Ів. Филипчака, 34/3</t>
+          <t>вул. Львівська, 141</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>032 363 23 73</t>
+          <t>(03245) 5-64-50, (03245) 5-21-25</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>sambir.mstk.tsou@gmail.com</t>
+          <t>vpuch35@gmail.com</t>
         </is>
       </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Фенчин Володимир Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Андруневчин Лілія Ярославівна</t>
+        </is>
+      </c>
+      <c r="U52" s="8"/>
+      <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 35 м. Стрия</t>
+          <t>Державний навчальний заклад "Вище професійне училище №34 м. Стрий"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>1704</v>
+        <v>1690</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №35 м. Стрия</t>
+          <t>ДНЗ "ВПУ-34 м. Стрий"</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>Higher Vocational School № 35 of Stryi</t>
+          <t>State Educational Institution "Higher professional school №34 city.Stryj"</t>
         </is>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1975</v>
+        <v>1944</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 141</t>
+          <t>вул. Гайдамацька, 15</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(03245) 5-64-50, (03245) 5-21-25</t>
+          <t>(03245)52003, 54707</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>vpuch35@gmail.com</t>
+          <t>vpu-34@ukr.net</t>
         </is>
       </c>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Андруневчин Лілія Ярославівна</t>
+          <t>Кизима Олег Зіновійович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Вище професійне училище №34 м. Стрий"</t>
+          <t>Державний навчальний заклад "Вище професійне училище №8 м.Стрия"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>1690</v>
+        <v>1674</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ВПУ-34 м. Стрий"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "ВПУ №8 м.Стрия"</t>
+        </is>
+      </c>
+      <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1944</v>
+        <v>1990</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Гайдамацька, 15</t>
+          <t>вул. О.Кобилянської, 4</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(03245)52003, 54707</t>
+          <t>0324571327; 0324571311</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>vpu-34@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>vpu8@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>vpu8.org.ua</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Кизима Олег Зіновійович</t>
+          <t>Хвоя Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Вище професійне училище №8 м.Стрия"</t>
+          <t>Державний професійно-технічний навчальний заклад "Стрийське вище художнє професійне училище"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>1674</v>
+        <v>1731</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ВПУ №8 м.Стрия"</t>
+          <t>ДПТНЗ "Стрийське ВХПУ"</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1990</v>
+        <v>1944</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. О.Кобилянської, 4</t>
+          <t>вул. Болехівська, 29</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>0324571327; 0324571311</t>
+          <t>+38(032)-455-24-62</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>vpu8@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>svhpu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>В.О.Директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Федор Надія Осипівна</t>
+          <t>Берездецький Роман Іванович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Стрийське вище художнє професійне училище"</t>
+          <t>Стрийський міжшкільний ресурсний центр</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>1731</v>
+        <v>6891</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Стрийське ВХПУ"</t>
+          <t>Стрийський МРЦ</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1944</v>
+        <v>1978</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Відділ освіти виконавчого комітету Стрийської міської ради</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Болехівська, 29</t>
+          <t>вул. Степана Бандери, 51</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>0324552462; 0324533066</t>
+          <t>(067)386-12-55</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>svhpu@ukr.net</t>
+          <t>mnvkstryi@gmail.com</t>
         </is>
       </c>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Берездецький Роман Іванович</t>
+          <t>Михайлишин Василь Іванович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Стрийський міжшкільний ресурсний центр</t>
+          <t>Стрийський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>6891</v>
+        <v>3769</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>Стрийський МРЦ</t>
+          <t>Стрийський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1978</v>
+        <v>2000</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти виконавчого комітету Стрийської міської ради</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
           <t>82400</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
           <t>UA46100230010074173</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Стрий</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Степана Бандери, 51</t>
+          <t>вул. Болехівська, 2 Б</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>(067)386-12-55</t>
+          <t>032 455 75 09</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>mnvkstryi@gmail.com</t>
+          <t>stktsou1@gmail.com</t>
         </is>
       </c>
       <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Михайлишин Василь Іванович</t>
+          <t>Стефанів Валентин Михайлович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Стрийський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю"Диференціал"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>3769</v>
+        <v>6796</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>Стрийський СТК ТСОУ</t>
+          <t>ТОВ</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>2000</v>
+        <v>2019</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J58" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J58" s="5"/>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>82400</t>
+          <t>82443</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA46100230010074173</t>
+          <t>UA46100230020039990</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>м. Стрий</t>
+          <t>с-ще Дашава</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Болехівська, 2 Б</t>
+          <t>вул. Стрийська, 8, корпус К</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>032 455 75 09</t>
+          <t>(097)372-38-25</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>stktsou1@gmail.com</t>
+          <t>duferenc@ukr.net</t>
         </is>
       </c>
       <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Стефанів Валентин Михайлович</t>
+          <t>Ференц Ірина Ігорівна</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю"Диференціал"</t>
+          <t>Комунальний заклад Львівської обласної ради "Червоноградський професійний гірничо-будівельний ліцей"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>6796</v>
+        <v>7339</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>ТОВ</t>
+          <t>КЗ ЛОР "Червоноградський професійний гірничо-будівельний ліцей"</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
-      <c r="G59" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G59" s="6"/>
       <c r="H59" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J59" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J59" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>82443</t>
+          <t>80100</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA46100230020039990</t>
+          <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
-          <t>с-ще Дашава</t>
+          <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Стрийська, 8, корпус К</t>
+          <t>вул. Стуса В., 15</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(097)372-38-25</t>
+          <t>+38(098)-988-34-35;</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>duferenc@ukr.net</t>
+          <t>lc55@ukr.net</t>
         </is>
       </c>
       <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Ференц Ірина Ігорівна</t>
+          <t>Онишкевич Руслан Богданович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Львівської обласної ради "Червоноградський професійний гірничо-будівельний ліцей"</t>
+          <t>Комунальний заклад Львівської обласної ради "Шептицький професійний коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>7339</v>
+        <v>7338</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>КЗ ЛОР "Червоноградський професійний гірничо-будівельний ліцей"</t>
+          <t>КЗ ЛОР "Шептицький професійний коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6"/>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>80100</t>
+          <t>80106</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
           <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Стуса В., 15</t>
+          <t>вул. Стуса В., 3</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-988-34-35;</t>
+          <t>+032(49)-212-93-03</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>lc55@ukr.net</t>
+          <t>vpu11@ukr.net</t>
         </is>
       </c>
       <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Онишкевич Руслан Богданович</t>
+          <t>Білик Оксана Михайлівна</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Львівської обласної ради "Шептицький професійний коледж технологій та дизайну"</t>
+          <t>Навчальний заклад об`єднання громадян "Автомобільна школа "Автомар" Всеукраїнської спілки автомобілістів"</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>7338</v>
+        <v>4921</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>КЗ ЛОР "Шептицький професійний коледж технологій та дизайну"</t>
+          <t>Автошкола "Автомар" ВСА</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
-      <c r="G61" s="6"/>
+      <c r="G61" s="6" t="n">
+        <v>1994</v>
+      </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>80106</t>
+          <t>80100</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
           <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
           <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. Стуса В., 3</t>
+          <t>вул. В. Стуса, 36</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>+032(49)-212-93-03</t>
+          <t>+380(32)-494-83-85</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>vpu11@ukr.net</t>
+          <t>automar1994@ukr.net</t>
         </is>
       </c>
       <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Білик Оксана Михайлівна</t>
+          <t>Гейко Микола Ярославович</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад об`єднання громадян "Автомобільна школа "Автомар" Всеукраїнської спілки автомобілістів"</t>
+          <t>Приватне підприємство "Престиж"</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>4921</v>
+        <v>7095</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>Автошкола "Автомар" ВСА</t>
+          <t>ПП "ПРЕСТИЖ"</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J62" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J62" s="5"/>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>80100</t>
+          <t>80000</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA46120130010071117</t>
+          <t>UA46120110010087965</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
-          <t>м. Шептицький</t>
+          <t>м. Сокаль</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. В. Стуса, 36</t>
+          <t>пл. Січових Стрільців, 2а</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-494-83-85</t>
+          <t>(067)999-32-33</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>automar1994@ukr.net</t>
+          <t>pp.prestyzh@ukr.net</t>
         </is>
       </c>
       <c r="R62" s="5"/>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Гейко Микола Ярославович</t>
-[...3 lines deleted...]
-      <c r="V62" s="5"/>
+          <t>Ганейчук Іван Ілларіонович</t>
+        </is>
+      </c>
+      <c r="U62" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V62" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Престиж"</t>
+          <t>Червоноградська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>7095</v>
+        <v>3831</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>ПП "ПРЕСТИЖ"</t>
+          <t>Червоноградська автошкола ТСО України</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J63" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J63" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>80000</t>
+          <t>80100</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA46120110010087965</t>
+          <t>UA46120130010071117</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
-          <t>м. Сокаль</t>
+          <t>м. Шептицький</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>пл. Січових Стрільців, 2а</t>
+          <t>вул. Лесі Українки, 7</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>(067)999-32-33</t>
+          <t>032 493 95 18</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>pp.prestyzh@ukr.net</t>
+          <t>avtoshkola.chervonograd@ukr.net</t>
         </is>
       </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
-      <c r="T63" s="5" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="T63" s="5"/>
+      <c r="U63" s="8"/>
+      <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Червоноградська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Державний професійно-технічний навчальний заклад "Миколаївський навчальний центр № 50"</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>3831</v>
+        <v>6065</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>Червоноградська автошкола ТСО України</t>
+          <t>ДПТНЗ "Миколаївський навчальний центр № 50"</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
-      <c r="G64" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G64" s="6"/>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>80100</t>
+          <t>81606</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA46120130010071117</t>
+          <t>UA46100250080031452</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
-          <t>м. Шептицький</t>
+          <t>с. Заклад</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Лесі Українки, 7</t>
+          <t>-, -</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>032 493 95 18</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(24)-141-80</t>
+        </is>
+      </c>
+      <c r="Q64" s="5"/>
       <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...4 lines deleted...]
-      <c r="V64" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T64" s="5" t="inlineStr">
+        <is>
+          <t>Соснило Ігор Дмитрович</t>
+        </is>
+      </c>
+      <c r="U64" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V64" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Миколаївський навчальний центр № 50"</t>
+          <t>Філія Державного навчального закладу "Угнівський аграрно-будівельний ліцей"</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>6065</v>
-[...1 lines deleted...]
-      <c r="C65" s="6"/>
+        <v>2603</v>
+      </c>
+      <c r="C65" s="6" t="n">
+        <v>2593</v>
+      </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Миколаївський навчальний центр № 50"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E65" s="5"/>
       <c r="F65" s="7"/>
-      <c r="G65" s="6"/>
+      <c r="G65" s="6" t="n">
+        <v>1997</v>
+      </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J65" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>81606</t>
+          <t>80062</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA46100250080031452</t>
+          <t>UA46120010010057892</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
-          <t>с. Заклад</t>
+          <t>м. Белз</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>-, -</t>
+          <t>вул. Савенка, 2</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>+380(24)-141-80</t>
-[...2 lines deleted...]
-      <c r="Q65" s="5"/>
+          <t>+38(068)-068-24-52;</t>
+        </is>
+      </c>
+      <c r="Q65" s="5" t="inlineStr">
+        <is>
+          <t>ugniv_abl@ukr.net</t>
+        </is>
+      </c>
       <c r="R65" s="5"/>
       <c r="S65" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Соснило Ігор Дмитрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Осміловська Любов Василівна</t>
+        </is>
+      </c>
+      <c r="U65" s="8"/>
+      <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Філія Державного навчального закладу "Угнівський аграрно-будівельний ліцей"</t>
+          <t>Боринський професійний ліцей народних промислів і ремесел</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>2603</v>
-[...3 lines deleted...]
-      </c>
+        <v>1969</v>
+      </c>
+      <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E66" s="5"/>
+          <t>Боринський ПЛ НПР</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>Borynskyy professional college folk arts and crafts</t>
+        </is>
+      </c>
       <c r="F66" s="7"/>
       <c r="G66" s="6" t="n">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>80062</t>
+          <t>82547</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA46120010010057892</t>
+          <t>UA46080030010097733</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
-          <t>м. Белз</t>
+          <t>с-ще Бориня</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Савенка, 2</t>
+          <t>вул. Вояків УПА, 1</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>+38(068)-068-24-52;</t>
-[...6 lines deleted...]
-      </c>
+          <t>80326934169; 80326934163;</t>
+        </is>
+      </c>
+      <c r="Q66" s="5"/>
       <c r="R66" s="5"/>
       <c r="S66" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Осміловська Любов Василівна</t>
+          <t>Надич Лідія Василівна</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Боринський професійний ліцей народних промислів і ремесел</t>
+          <t>Великодідушицький ліцей Стрийської міської ради Стрийського району Львівської області.</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>1969</v>
+        <v>7217</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>Боринський ПЛ НПР</t>
-[...6 lines deleted...]
-      </c>
+          <t>Великодідушицький ліцей</t>
+        </is>
+      </c>
+      <c r="E67" s="5"/>
       <c r="F67" s="7"/>
-      <c r="G67" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G67" s="6"/>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Відділ освіти Стрийської районної державної адміністрації</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>82547</t>
+          <t>82484</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA46080030010097733</t>
+          <t>UA46100230050030771</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
-          <t>с-ще Бориня</t>
+          <t>с. Великі Дідушичі</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Вояків УПА, 1</t>
+          <t>вул. Гошівська, 155</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>03269 341 69</t>
+          <t>(097)923-84-74</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>Borunjaproflicej@ukr.net</t>
+          <t>v_didushytska_school@ukr.net</t>
         </is>
       </c>
       <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Надич Лідія Василівна</t>
+          <t>Василів Тарас Богданович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Великодідушицький ліцей Стрийської міської ради Стрийського району Львівської області.</t>
+          <t>Кінологічний навчальний центр Державної прикордонної служби України (військова частина 2418)</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>7217</v>
+        <v>6102</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>Великодідушицький ліцей</t>
+          <t>КНЦ (В/Ч 2418)</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
-      <c r="G68" s="6"/>
+      <c r="G68" s="6" t="n">
+        <v>2006</v>
+      </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J68" s="5" t="inlineStr">
         <is>
-          <t>Відділ освіти Стрийської районної державної адміністрації</t>
+          <t>Державна прикордонна служба України</t>
         </is>
       </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>82484</t>
+          <t>80074</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA46100230050030771</t>
+          <t>UA46120030010063566</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
-          <t>с. Великі Дідушичі</t>
+          <t>м. Великі Мости</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Гошівська, 155</t>
+          <t>вул. Львівська, 166</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>(097)923-84-74</t>
+          <t>+380(32)-576-48-57</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>v_didushytska_school@ukr.net</t>
+          <t>veliki_mosti@dpsu.gov.ua</t>
         </is>
       </c>
       <c r="R68" s="5"/>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник Кінологічного навчального центру</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Василів Тарас Богданович</t>
+          <t>Масловський Олександр Юрійович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Кінологічний навчальний центр Державної прикордонної служби України (військова частина 2418)</t>
+          <t>Добротвірський професійний ліцей</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>6102</v>
+        <v>1659</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>КНЦ (В/Ч 2418)</t>
+          <t>ДПЛ</t>
         </is>
       </c>
       <c r="E69" s="5"/>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>2006</v>
+        <v>1964</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J69" s="5" t="inlineStr">
         <is>
-          <t>Державна прикордонна служба України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>80074</t>
+          <t>80411</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA46120030010063566</t>
+          <t>UA46120050010093637</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
-          <t>м. Великі Мости</t>
+          <t>с-ще Добротвір</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 166</t>
+          <t>вул. Сагайдачного, 3</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-576-48-57</t>
-[...6 lines deleted...]
-      </c>
+          <t>80325431130;</t>
+        </is>
+      </c>
+      <c r="Q69" s="5"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
-          <t>Начальник Кінологічного навчального центру</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Масловський Олександр Юрійович</t>
+          <t>Гречаник Оксана Ярославівна</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Добротвірський професійний ліцей</t>
+          <t>Жидачівський професійний ліцей</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>1659</v>
+        <v>1672</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>ДПЛ</t>
+          <t>Жидачівський професійний ліцей</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>1964</v>
+        <v>2003</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>80411</t>
+          <t>81700</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA46120050010093637</t>
+          <t>UA46100050010010600</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>с-ще Добротвір</t>
+          <t>м. Жидачів</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Сагайдачного, 3</t>
+          <t>вул. Грюнвальдська, 80</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>0325431130</t>
+          <t>(03239) 3 16 80</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>DobrotvirPL@ukr.net</t>
+          <t>Zhud_pl@ukr.net</t>
         </is>
       </c>
       <c r="R70" s="5" t="inlineStr">
         <is>
-          <t>https://www.dpl.org.ua</t>
+          <t>https://zhydpl.lviv.ua/</t>
         </is>
       </c>
       <c r="S70" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов’язків директора</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Гречаник Оксана Ярославівна</t>
+          <t>Музика Тетяна Романівна</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Жидачівський професійний ліцей</t>
+          <t>Жовківський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>1672</v>
+        <v>3752</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>Жидачівський професійний ліцей</t>
+          <t>Жовківський РСТК ТСО України</t>
         </is>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="7"/>
       <c r="G71" s="6" t="n">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>81700</t>
+          <t>80300</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
-          <t>UA46100050010010600</t>
+          <t>UA46060130010043364</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
-          <t>м. Жидачів</t>
+          <t>м. Жовква</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Грюнвальдська, 80</t>
+          <t>вул. С.Бандери, 3А</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>(03239) 3 16 80</t>
+          <t>302 522 11 01</t>
         </is>
       </c>
       <c r="Q71" s="5" t="inlineStr">
         <is>
-          <t>Zhud_pl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>club.tso@gmail.com</t>
+        </is>
+      </c>
+      <c r="R71" s="5"/>
       <c r="S71" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Музика Тетяна Романівна</t>
+          <t>Вовк Михайло Володимирович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Жовківський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Ліцей № 1 Зимноводівської сільської ради Львівського району Львівської області</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>3752</v>
+        <v>7277</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>Жовківський РСТК ТСО України</t>
+          <t>Ліцей № 1 Зимноводівської сільської ради</t>
         </is>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="7"/>
-      <c r="G72" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G72" s="6"/>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J72" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Сільська рада</t>
         </is>
       </c>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>80300</t>
+          <t>81110</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA46060130010043364</t>
+          <t>UA46060170010088194</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
-          <t>м. Жовква</t>
+          <t>с. Зимна Вода</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. С.Бандери, 3А</t>
+          <t>вул. Шевченка, 2</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>302 522 11 01</t>
+          <t>(097)453-01-83</t>
         </is>
       </c>
       <c r="Q72" s="5" t="inlineStr">
         <is>
-          <t>club.tso@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R72" s="5"/>
+          <t>zymn1zosh@uk.net</t>
+        </is>
+      </c>
+      <c r="R72" s="5" t="inlineStr">
+        <is>
+          <t>www.lyceum1zv.pp.ua</t>
+        </is>
+      </c>
       <c r="S72" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Вовк Михайло Володимирович</t>
+          <t>Левчук Оксана Іванівна</t>
         </is>
       </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Ліцей № 1 Зимноводівської сільської ради Львівського району Львівської області</t>
+          <t>Золочівська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>7277</v>
+        <v>3945</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>Ліцей № 1 Зимноводівської сільської ради</t>
+          <t>Золочівська автошкола ТСО України</t>
         </is>
       </c>
       <c r="E73" s="5"/>
       <c r="F73" s="7"/>
-      <c r="G73" s="6"/>
+      <c r="G73" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J73" s="5" t="inlineStr">
         <is>
-          <t>Сільська рада</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>81110</t>
+          <t>80700</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
-          <t>UA46060170010088194</t>
+          <t>UA46040070010068975</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
-          <t>с. Зимна Вода</t>
+          <t>м. Золочів</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 2</t>
+          <t>вул. Труша, 1</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>(097)453-01-83</t>
+          <t>067 371 56 07</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>zymn1zosh@uk.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>zolochiv.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R73" s="5"/>
       <c r="S73" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...8 lines deleted...]
-      <c r="V73" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T73" s="5"/>
+      <c r="U73" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V73" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Золочівська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Золочівський професійний ліцей</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>3945</v>
+        <v>1692</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>Золочівська автошкола ТСО України</t>
+          <t>ЗПЛ</t>
         </is>
       </c>
       <c r="E74" s="5"/>
       <c r="F74" s="7"/>
       <c r="G74" s="6" t="n">
-        <v>2000</v>
+        <v>2003</v>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J74" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K74" s="7" t="inlineStr">
         <is>
           <t>80700</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
           <t>UA46040070010068975</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
           <t>м. Золочів</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. Труша, 1</t>
+          <t>вул. Коновальця Є., 72</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>067 371 56 07</t>
+          <t>(03265) 42235, (03265) 43034</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>zolochiv.tsou@ukr.net</t>
+          <t>zpl@ukr.net</t>
         </is>
       </c>
       <c r="R74" s="5"/>
       <c r="S74" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T74" s="5" t="inlineStr">
+        <is>
+          <t>Рудий Михайло Богданович</t>
+        </is>
+      </c>
+      <c r="U74" s="8"/>
+      <c r="V74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>Золочівський професійний ліцей</t>
+          <t>Навчальний центр імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>1692</v>
+        <v>3294</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>ЗПЛ</t>
-[...2 lines deleted...]
-      <c r="E75" s="5"/>
+          <t>Військова частина 3007</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>Vasyl Vyshyvanyi Training Center of the National Guard of Ukraine (Military Unit 3007)</t>
+        </is>
+      </c>
       <c r="F75" s="7"/>
       <c r="G75" s="6" t="n">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K75" s="7" t="inlineStr">
         <is>
           <t>80700</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
           <t>UA46040070010068975</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
           <t>м. Золочів</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>вул. Коновальця Є., 72</t>
+          <t>вул. Січових стрільців, 2</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>(03265) 42235, (03265) 43034</t>
+          <t>(03265) 42037</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>zpl@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R75" s="5"/>
+          <t>vch3007@ngu.gov.ua</t>
+        </is>
+      </c>
+      <c r="R75" s="5" t="inlineStr">
+        <is>
+          <t>http://ncngu.site/</t>
+        </is>
+      </c>
       <c r="S75" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник Навчального центру імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>Рудий Михайло Богданович</t>
+          <t>Білаш Олександр Олександрович</t>
         </is>
       </c>
       <c r="U75" s="8"/>
       <c r="V75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Навчальний центр імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
+          <t>Державний навчальний заклад "Художнє професійно-технічне училище ім. Й.П. Станька"</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>3294</v>
+        <v>2544</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>Військова частина 3007</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "ХПТУ ім.Й.П.Станька"</t>
+        </is>
+      </c>
+      <c r="E76" s="5"/>
       <c r="F76" s="7"/>
       <c r="G76" s="6" t="n">
-        <v>2001</v>
+        <v>1946</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K76" s="7" t="inlineStr">
         <is>
-          <t>80700</t>
+          <t>81070</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
-          <t>UA46040070010068975</t>
+          <t>UA46140010010031231</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
-          <t>м. Золочів</t>
+          <t>с-ще Івано-Франкове</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових стрільців, 2</t>
+          <t>пл. Ринок, 13</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>(03265) 42037</t>
+          <t>+38(097)-869-42-17</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
-          <t>vch3007@ngu.gov.ua</t>
+          <t>hptu14@i.ua</t>
         </is>
       </c>
       <c r="R76" s="5" t="inlineStr">
         <is>
-          <t>http://ncngu.site/</t>
+          <t>hptu14.com.ua</t>
         </is>
       </c>
       <c r="S76" s="5" t="inlineStr">
         <is>
-          <t>Начальник Навчального центру імені Василя Вишиваного Національної гвардії України (військова частина 3007)</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Білаш Олександр Олександрович</t>
+          <t>Гевало Василь Михайлович</t>
         </is>
       </c>
       <c r="U76" s="8"/>
       <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Художнє професійно-технічне училище ім. Й.П. Станька"</t>
+          <t>Вище професійне училище №71 м. Кам`янка-Бузька Львівської області</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>2544</v>
+        <v>1767</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ХПТУ ім.Й.П.Станька"</t>
-[...2 lines deleted...]
-      <c r="E77" s="5"/>
+          <t>ВПУ №71 м. Кам`янка-Бузька</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>Kamianka-Buzka Higher Vocational School №71 of Lviv region</t>
+        </is>
+      </c>
       <c r="F77" s="7"/>
       <c r="G77" s="6" t="n">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J77" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>81070</t>
+          <t>80400</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA46140010010031231</t>
+          <t>UA46060190010052224</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
-          <t>с-ще Івано-Франкове</t>
+          <t>м. Кам’янка-Бузька</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>пл. Ринок, 13</t>
+          <t>вул. Ліцейна, 5</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-869-42-17;</t>
-[...3 lines deleted...]
-      <c r="R77" s="5"/>
+          <t>+380667779753</t>
+        </is>
+      </c>
+      <c r="Q77" s="5" t="inlineStr">
+        <is>
+          <t>vpu71@i.ua</t>
+        </is>
+      </c>
+      <c r="R77" s="5" t="inlineStr">
+        <is>
+          <t>vpu71.lviv.ua</t>
+        </is>
+      </c>
       <c r="S77" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Гевало Василь Михайлович</t>
+          <t>Антоняк Галина Михайлівна</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище №71 м. Кам`янка-Бузька Львівської області</t>
+          <t>Кам`янка-Бузький районний спортивно-технічний клуб Товариства Сприяння Обороні України</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>1767</v>
+        <v>3813</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>ВПУ №71 м. Кам`янка-Бузька</t>
-[...6 lines deleted...]
-      </c>
+          <t>Кам-Бузький РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E78" s="5"/>
       <c r="F78" s="7"/>
       <c r="G78" s="6" t="n">
-        <v>1951</v>
+        <v>2000</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J78" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K78" s="7" t="inlineStr">
         <is>
           <t>80400</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
           <t>UA46060190010052224</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янка-Бузька</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Ліцейна, 5</t>
+          <t>вул. Бандери, 6</t>
         </is>
       </c>
       <c r="P78" s="5" t="inlineStr">
         <is>
-          <t>+380667779753</t>
+          <t>0679361069</t>
         </is>
       </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>vpu71@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kamianka-buzka.rstk.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R78" s="5"/>
       <c r="S78" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Антоняк Галина Михайлівна</t>
+          <t>Гавришко Олег Зіновійович</t>
         </is>
       </c>
       <c r="U78" s="8"/>
       <c r="V78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>Кам`янка-Бузький районний спортивно-технічний клуб Товариства Сприяння Обороні України</t>
+          <t>Лопатинська автомобільна школа товариства сприяння обороні України Львівської обласної організації товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>3813</v>
+        <v>4855</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>Кам-Бузький РСТК ТСОУ</t>
+          <t>Лопатинська АШ ТСОУ</t>
         </is>
       </c>
       <c r="E79" s="5"/>
       <c r="F79" s="7"/>
       <c r="G79" s="6" t="n">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J79" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K79" s="7" t="inlineStr">
         <is>
-          <t>80400</t>
+          <t>80261</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
-          <t>UA46060190010052224</t>
+          <t>UA46120070010059603</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
-          <t>м. Кам’янка-Бузька</t>
+          <t>с-ще Лопатин</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>вул. Бандери, 6</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Центральна, 30</t>
+        </is>
+      </c>
+      <c r="P79" s="5"/>
       <c r="Q79" s="5" t="inlineStr">
         <is>
-          <t>kamianka-buzka.rstk.tsou@ukr.net</t>
+          <t>lopatin_avtoscool@email.ua</t>
         </is>
       </c>
       <c r="R79" s="5"/>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T79" s="5" t="inlineStr">
         <is>
-          <t>Гавришко Олег Зіновійович</t>
+          <t>Фарина Гордій Ярославович</t>
         </is>
       </c>
       <c r="U79" s="8"/>
       <c r="V79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>Лопатинська автомобільна школа товариства сприяння обороні України Львівської обласної організації товариства сприяння обороні України</t>
+          <t>Філія Добротвірського професійного ліцею в смт. Лопатин</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>4855</v>
-[...1 lines deleted...]
-      <c r="C80" s="6"/>
+        <v>2967</v>
+      </c>
+      <c r="C80" s="6" t="n">
+        <v>1659</v>
+      </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
-          <t>Лопатинська АШ ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E80" s="5"/>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
-        <v>2001</v>
+        <v>2004</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J80" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K80" s="7" t="inlineStr">
         <is>
           <t>80261</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
           <t>UA46120070010059603</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>с-ще Лопатин</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 30</t>
+          <t>вул. Центральна, 19</t>
         </is>
       </c>
       <c r="P80" s="5"/>
-      <c r="Q80" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="Q80" s="5"/>
       <c r="R80" s="5"/>
       <c r="S80" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...6 lines deleted...]
-      </c>
+          <t>завідувач</t>
+        </is>
+      </c>
+      <c r="T80" s="5"/>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Філія Добротвірського професійного ліцею в смт. Лопатин</t>
+          <t>Заклад професійної (професійно-технічної ) освіти "Меденицький аграрно-технологічний професійний коледж"</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>2967</v>
-[...3 lines deleted...]
-      </c>
+        <v>1688</v>
+      </c>
+      <c r="C81" s="6"/>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E81" s="5"/>
+          <t>ЗП(ПТ)О "Меденицький АТПК"</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>State Vocational Institution "Medenychi Agrаrian and Technological Vocational College"</t>
+        </is>
+      </c>
       <c r="F81" s="7"/>
       <c r="G81" s="6" t="n">
-        <v>2004</v>
+        <v>1997</v>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J81" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>80261</t>
+          <t>82160</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA46120070010059603</t>
+          <t>UA46020050010078717</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
-          <t>с-ще Лопатин</t>
+          <t>с-ще Меденичі</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 19</t>
-[...4 lines deleted...]
-      <c r="R81" s="5"/>
+          <t>вул. Дрогобицька, 32</t>
+        </is>
+      </c>
+      <c r="P81" s="5" t="inlineStr">
+        <is>
+          <t>+380681536121</t>
+        </is>
+      </c>
+      <c r="Q81" s="5" t="inlineStr">
+        <is>
+          <t>mpldonloda@ukr.net</t>
+        </is>
+      </c>
+      <c r="R81" s="5" t="inlineStr">
+        <is>
+          <t>https://medenytskyipl.lviv.ua/</t>
+        </is>
+      </c>
       <c r="S81" s="5" t="inlineStr">
         <is>
-          <t>завідувач</t>
-[...2 lines deleted...]
-      <c r="T81" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T81" s="5" t="inlineStr">
+        <is>
+          <t>Лужецький Василь Степанович</t>
+        </is>
+      </c>
       <c r="U81" s="8"/>
       <c r="V81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної ) освіти "Меденицький аграрно-технологічний професійний коледж"</t>
+          <t>Державний професійно-технічний навчальний заклад "Миколаївський професійний ліцей"</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>1688</v>
+        <v>1684</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О "Меденицький АТПК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "Миколаївський професійний ліцей"</t>
+        </is>
+      </c>
+      <c r="E82" s="5"/>
       <c r="F82" s="7"/>
       <c r="G82" s="6" t="n">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J82" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K82" s="7" t="inlineStr">
         <is>
-          <t>82160</t>
+          <t>81600</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
-          <t>UA46020050010078717</t>
+          <t>UA46100110010094231</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
-          <t>с-ще Меденичі</t>
+          <t>м. Миколаїв</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>вул. Дрогобицька, 32</t>
+          <t>вул. Устияновича, 39</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>+380681536121</t>
+          <t>(0241)51-132</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>mpldonloda@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mykolaiv_PL@ukr.net</t>
+        </is>
+      </c>
+      <c r="R82" s="5"/>
       <c r="S82" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Лужецький Василь Степанович</t>
+          <t>Дудич Андрій Романович</t>
         </is>
       </c>
       <c r="U82" s="8"/>
       <c r="V82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Миколаївський професійний ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Нижанковицький професійний ліцей"</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>1684</v>
+        <v>1683</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Миколаївський професійний ліцей"</t>
+          <t>ДПТНЗ "Нижанковицький професійний ліцей"</t>
         </is>
       </c>
       <c r="E83" s="5"/>
       <c r="F83" s="7"/>
       <c r="G83" s="6" t="n">
-        <v>2005</v>
+        <v>1960</v>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K83" s="7" t="inlineStr">
         <is>
-          <t>81600</t>
+          <t>82011</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
-          <t>UA46100110010094231</t>
+          <t>UA46080050020013973</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
-          <t>м. Миколаїв</t>
+          <t>с-ще Нижанковичі</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>вул. Устияновича, 39</t>
+          <t>вул. Шевченка, 63</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>(0241)51-132</t>
+          <t>(238) 314 16</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>Mykolaiv_PL@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R83" s="5"/>
+          <t>npl80@meta.ua</t>
+        </is>
+      </c>
+      <c r="R83" s="5" t="inlineStr">
+        <is>
+          <t>www.nyzhankovychi-licey.com.ua</t>
+        </is>
+      </c>
       <c r="S83" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Дудич Андрій Романович</t>
+          <t>Сенейко Володимир Михайлович</t>
         </is>
       </c>
       <c r="U83" s="8"/>
       <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Нижанковицький професійний ліцей"</t>
+          <t>Державний навчальний заклад "Новояворівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>1683</v>
+        <v>1715</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Нижанковицький професійний ліцей"</t>
-[...2 lines deleted...]
-      <c r="E84" s="5"/>
+          <t>ДНЗ "Новояворівське ВПУ"</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution "Novoiavorivske higher vocational school"</t>
+        </is>
+      </c>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
-        <v>1960</v>
+        <v>2003</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J84" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>82011</t>
+          <t>81053</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA46080050020013973</t>
+          <t>UA46140050010045115</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
-          <t>с-ще Нижанковичі</t>
+          <t>м. Новояворівськ</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 63</t>
+          <t>вул. Шевченка, 20</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>(238) 314 16</t>
+          <t>0256 423 83</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>npl80@meta.ua</t>
+          <t>liceumbuch@gmail.com</t>
         </is>
       </c>
       <c r="R84" s="5" t="inlineStr">
         <is>
-          <t>www.nyzhankovychi-licey.com.ua</t>
+          <t>https://ndnz.com.ua</t>
         </is>
       </c>
       <c r="S84" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Сенейко Володимир Михайлович</t>
+          <t>Пахолок Роман Антонович</t>
         </is>
       </c>
       <c r="U84" s="8"/>
       <c r="V84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Новояворівське вище професійне училище"</t>
+          <t>"Новояворівський міжшкільний ресурсний центр"</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>1715</v>
+        <v>2953</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Новояворівське ВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>"Новояворівський МРЦ"</t>
+        </is>
+      </c>
+      <c r="E85" s="5"/>
       <c r="F85" s="7"/>
       <c r="G85" s="6" t="n">
-        <v>2003</v>
+        <v>1979</v>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J85" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K85" s="7" t="inlineStr">
         <is>
           <t>81053</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
           <t>UA46140050010045115</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
           <t>м. Новояворівськ</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 20</t>
+          <t>вул. Привокзальна, 2</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>0256 423 83</t>
+          <t>(032)564-29-71, (032)564-33-38</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>liceumbuch@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>novmrc@gmail.com.</t>
+        </is>
+      </c>
+      <c r="R85" s="5"/>
       <c r="S85" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T85" s="5" t="inlineStr">
         <is>
-          <t>Пахолок Роман Антонович</t>
+          <t>Дубик Віктор Ярославович</t>
         </is>
       </c>
       <c r="U85" s="8"/>
       <c r="V85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>"Новояворівський міжшкільний ресурсний центр"</t>
+          <t>Олеський опорний заклад загальної середньої освіти І-ІІІ ступенів Буської міської ради</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>2953</v>
+        <v>6913</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>"Новояворівський МРЦ"</t>
+          <t>Олеський ОЗЗСО І-ІІІ ст.</t>
         </is>
       </c>
       <c r="E86" s="5"/>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>1979</v>
+        <v>1910</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J86" s="5" t="inlineStr">
         <is>
           <t>Міська рада</t>
         </is>
       </c>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>81053</t>
+          <t>80533</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA46140050010045115</t>
+          <t>UA46040030020026316</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
-          <t>м. Новояворівськ</t>
+          <t>с-ще Олесько</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>вул. Привокзальна, 2</t>
+          <t>вул. Шевченка, 81</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>(032)564-29-71, (032)564-33-38</t>
+          <t>(067)857-30-77</t>
         </is>
       </c>
       <c r="Q86" s="5" t="inlineStr">
         <is>
-          <t>novmrc@gmail.com.</t>
+          <t>oleskschool@ukr.net</t>
         </is>
       </c>
       <c r="R86" s="5"/>
       <c r="S86" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Дубик Віктор Ярославович</t>
+          <t>Кольба Світлана Ярославівна</t>
         </is>
       </c>
       <c r="U86" s="8"/>
       <c r="V86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>Олеський опорний заклад загальної середньої освіти І-ІІІ ступенів Буської міської ради</t>
+          <t>ОЛЕСЬКИЙ ПРОФЕСІЙНИЙ ЛІЦЕЙ</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>6913</v>
+        <v>1678</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>Олеський ОЗЗСО І-ІІІ ст.</t>
+          <t>ОПЛ</t>
         </is>
       </c>
       <c r="E87" s="5"/>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>1910</v>
+        <v>1965</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J87" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K87" s="7" t="inlineStr">
         <is>
           <t>80533</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
           <t>UA46040030020026316</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
           <t>с-ще Олесько</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 81</t>
+          <t>вул. Валова, 9</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>(067)857-30-77</t>
+          <t>0688655504</t>
         </is>
       </c>
       <c r="Q87" s="5" t="inlineStr">
         <is>
-          <t>oleskschool@ukr.net</t>
+          <t>olesko_licey@ukr.net</t>
         </is>
       </c>
       <c r="R87" s="5"/>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T87" s="5" t="inlineStr">
         <is>
-          <t>Кольба Світлана Ярославівна</t>
+          <t>Парійчук Іван Володимирович</t>
         </is>
       </c>
       <c r="U87" s="8"/>
       <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>ОЛЕСЬКИЙ ПРОФЕСІЙНИЙ ЛІЦЕЙ</t>
+          <t>Перемишлянський професійний ліцей</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>1678</v>
+        <v>1710</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>ОПЛ</t>
+          <t>ППЛ</t>
         </is>
       </c>
       <c r="E88" s="5"/>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J88" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>80533</t>
+          <t>81200</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
-          <t>UA46040030020026316</t>
+          <t>UA46060330010045641</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
-          <t>с-ще Олесько</t>
+          <t>м. Перемишляни</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
-          <t>вул. Валова, 9</t>
+          <t>вул. Липова Алея, 3</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>0688655504</t>
+          <t>03263 213 82, 03263 217 48,</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>olesko_licey@ukr.net</t>
+          <t>licej61@ukr.net</t>
         </is>
       </c>
       <c r="R88" s="5"/>
       <c r="S88" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
-          <t>Парійчук Іван Володимирович</t>
+          <t>Танасієнко Ростислав Васильович</t>
         </is>
       </c>
       <c r="U88" s="8"/>
       <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>Перемишлянський професійний ліцей</t>
+          <t>Перемишлянський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>1710</v>
+        <v>3934</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>ППЛ</t>
+          <t>Перемишлянський РСТК ТСО України</t>
         </is>
       </c>
       <c r="E89" s="5"/>
       <c r="F89" s="7"/>
       <c r="G89" s="6" t="n">
-        <v>1966</v>
+        <v>2000</v>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J89" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K89" s="7" t="inlineStr">
         <is>
           <t>81200</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
           <t>UA46060330010045641</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
           <t>м. Перемишляни</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Липова Алея, 3</t>
+          <t>вул. Привокзальна, 22</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>03263 213 82, 03263 217 48,</t>
+          <t>097 566 53 74</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>licej61@ukr.net</t>
+          <t>tso.perem@gmail.com</t>
         </is>
       </c>
       <c r="R89" s="5"/>
       <c r="S89" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Танасієнко Ростислав Васильович</t>
+          <t>Мартиняк Ігор Васильович</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Перемишлянський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Погірцівське вище професійне училище"</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>3934</v>
+        <v>1679</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>Перемишлянський РСТК ТСО України</t>
+          <t>ДНЗ "Погірцівське ВПУ"</t>
         </is>
       </c>
       <c r="E90" s="5"/>
       <c r="F90" s="7"/>
       <c r="G90" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H90" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J90" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>81200</t>
+          <t>81445</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
-          <t>UA46060330010045641</t>
+          <t>UA46080110260025386</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
-          <t>м. Перемишляни</t>
+          <t>с. Погірці</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. Привокзальна, 22</t>
+          <t>вул. Центральна, 2</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>097 566 53 74</t>
+          <t>236 46625</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>tso.perem@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R90" s="5"/>
+          <t>pogirci.osvita@gmail.com</t>
+        </is>
+      </c>
+      <c r="R90" s="5" t="inlineStr">
+        <is>
+          <t>https://pohirtsivpu.lviv.ua</t>
+        </is>
+      </c>
       <c r="S90" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о директора</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Мартиняк Ігор Васильович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Брийовський Василь Вікторович</t>
+        </is>
+      </c>
+      <c r="U90" s="8"/>
+      <c r="V90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Погірцівське вище професійне училище"</t>
+          <t>Пустомитівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>1679</v>
+        <v>5537</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Погірцівське ВПУ"</t>
+          <t>Пустомитівський РСТК ТСО України</t>
         </is>
       </c>
       <c r="E91" s="5"/>
       <c r="F91" s="7"/>
       <c r="G91" s="6" t="n">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J91" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>81445</t>
+          <t>81100</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
-          <t>UA46080110260025386</t>
+          <t>UA46060370010036941</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
-          <t>с. Погірці</t>
+          <t>м. Пустомити</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 2</t>
+          <t>вул. Грушевського, 4</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>236 46625</t>
+          <t>+380(32)-304-15-54</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
-          <t>pogirci.osvita@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>pustomyty.rstk.tsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R91" s="5"/>
       <c r="S91" s="5" t="inlineStr">
         <is>
-          <t>В.о директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T91" s="5" t="inlineStr">
         <is>
-          <t>Брийовський Василь Вікторович</t>
+          <t>Децик Руслана Ігорівна</t>
         </is>
       </c>
       <c r="U91" s="8"/>
       <c r="V91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>Пустомитівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Рава-Руський міський спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>5537</v>
+        <v>4812</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>Пустомитівський РСТК ТСО України</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E92" s="5"/>
       <c r="F92" s="7"/>
       <c r="G92" s="6" t="n">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J92" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J92" s="5"/>
       <c r="K92" s="7" t="inlineStr">
         <is>
-          <t>81100</t>
+          <t>80316</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
-          <t>UA46060370010036941</t>
+          <t>UA46060390010035472</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
-          <t>м. Пустомити</t>
+          <t>м. Рава-Руська</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 4</t>
+          <t>вул. Коновальця, 50</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-304-15-54</t>
+          <t>+380(32)-524-20-32</t>
         </is>
       </c>
       <c r="Q92" s="5" t="inlineStr">
         <is>
-          <t>pustomyty.rstk.tsou@ukr.net</t>
+          <t>club.tso@gmail.com</t>
         </is>
       </c>
       <c r="R92" s="5"/>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T92" s="5" t="inlineStr">
         <is>
-          <t>Децик Руслана Ігорівна</t>
+          <t>Вовк Михайло Володимирович</t>
         </is>
       </c>
       <c r="U92" s="8"/>
       <c r="V92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Рава-Руський міський спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Рава-Руський професійний ліцей</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>4812</v>
+        <v>2032</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J93" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J93" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K93" s="7" t="inlineStr">
         <is>
           <t>80316</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
           <t>UA46060390010035472</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
           <t>м. Рава-Руська</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Коновальця, 50</t>
+          <t>вул. 1 Листопада, 6</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-524-20-32</t>
+          <t>+38(032)-524-31-49;</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
-          <t>club.tso@gmail.com</t>
+          <t>rrlicey@ukr.net</t>
         </is>
       </c>
       <c r="R93" s="5"/>
       <c r="S93" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T93" s="5" t="inlineStr">
         <is>
-          <t>Вовк Михайло Володимирович</t>
+          <t>Лень Андрій Степанович</t>
         </is>
       </c>
       <c r="U93" s="8"/>
       <c r="V93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>Рава-Руський професійний ліцей</t>
+          <t>Радехівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>2032</v>
+        <v>4852</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>Радехівський РСТК України</t>
         </is>
       </c>
       <c r="E94" s="5"/>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
         <v>2003</v>
       </c>
       <c r="H94" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J94" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>80316</t>
+          <t>80200</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA46060390010035472</t>
+          <t>UA46120090010078401</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
-          <t>м. Рава-Руська</t>
+          <t>м. Радехів</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. 1 Листопада, 6</t>
+          <t>вул. Кринична, 27</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>+38(032)-524-31-49;</t>
+          <t>+380(32)-552-11-88</t>
         </is>
       </c>
       <c r="Q94" s="5" t="inlineStr">
         <is>
-          <t>rrlicey@ukr.net</t>
+          <t>radekhivrstk@ukr.net</t>
         </is>
       </c>
       <c r="R94" s="5"/>
       <c r="S94" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T94" s="5" t="inlineStr">
         <is>
-          <t>Лень Андрій Степанович</t>
+          <t>Фарина Гордій Ярославович</t>
         </is>
       </c>
       <c r="U94" s="8"/>
       <c r="V94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>Радехівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Державний професійно-технічний навчальний заклад "Сокальський професійний ліцей"</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>4852</v>
+        <v>1669</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>Радехівський РСТК України</t>
+          <t>ДПТНЗ “Сокальський професійний ліцей”</t>
         </is>
       </c>
       <c r="E95" s="5"/>
       <c r="F95" s="7"/>
       <c r="G95" s="6" t="n">
-        <v>2003</v>
+        <v>1969</v>
       </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J95" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K95" s="7" t="inlineStr">
         <is>
-          <t>80200</t>
+          <t>80000</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA46120090010078401</t>
+          <t>UA46120110010087965</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
-          <t>м. Радехів</t>
+          <t>м. Сокаль</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>вул. Кринична, 27</t>
+          <t>вул. Підкови, 1</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>+380(32)-552-11-88</t>
+          <t>0967947331</t>
         </is>
       </c>
       <c r="Q95" s="5" t="inlineStr">
         <is>
-          <t>radekhivrstk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R95" s="5"/>
+          <t>sokallicey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R95" s="5" t="inlineStr">
+        <is>
+          <t>https://proflicej.sokal.info/</t>
+        </is>
+      </c>
       <c r="S95" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Фарина Гордій Ярославович</t>
+          <t>Юрчишин Наталія Павлівна</t>
         </is>
       </c>
       <c r="U95" s="8"/>
       <c r="V95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Сокальський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Судововишнянський професійний ліцей"</t>
         </is>
       </c>
       <c r="B96" s="6" t="n">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ “Сокальський професійний ліцей”</t>
+          <t>ДНЗ «Судововишнянський ПЛ»</t>
         </is>
       </c>
       <c r="E96" s="5"/>
       <c r="F96" s="7"/>
       <c r="G96" s="6" t="n">
-        <v>1969</v>
+        <v>2012</v>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I96" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K96" s="7" t="inlineStr">
         <is>
-          <t>80000</t>
+          <t>81340</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
-          <t>UA46120110010087965</t>
+          <t>UA46140070010067363</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
-          <t>м. Сокаль</t>
+          <t>м. Судова Вишня</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
-          <t>вул. Підкови, 1</t>
+          <t>вул. 1-го листопада, 5</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>0967947331</t>
+          <t>03234 371 53</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
-          <t>sokallicey@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vyshnya-ptu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R96" s="5"/>
       <c r="S96" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
-          <t>Юрчишин Наталія Павлівна</t>
+          <t>Воробйова Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U96" s="8"/>
       <c r="V96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Судововишнянський професійний ліцей"</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Турківський професійний коледж"</t>
         </is>
       </c>
       <c r="B97" s="6" t="n">
-        <v>1677</v>
+        <v>2250</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ «Судововишнянський ПЛ»</t>
+          <t>ЗП(ПТ)О "ТПК"</t>
         </is>
       </c>
       <c r="E97" s="5"/>
       <c r="F97" s="7"/>
       <c r="G97" s="6" t="n">
-        <v>2012</v>
+        <v>1966</v>
       </c>
       <c r="H97" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I97" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J97" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K97" s="7" t="inlineStr">
         <is>
-          <t>81340</t>
+          <t>82500</t>
         </is>
       </c>
       <c r="L97" s="7" t="inlineStr">
         <is>
-          <t>UA46140070010067363</t>
+          <t>UA46080190010014284</t>
         </is>
       </c>
       <c r="M97" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N97" s="5" t="inlineStr">
         <is>
-          <t>м. Судова Вишня</t>
+          <t>м. Турка</t>
         </is>
       </c>
       <c r="O97" s="5" t="inlineStr">
         <is>
-          <t>вул. 1-го листопада, 5</t>
+          <t>вул. Молодіжна, 39</t>
         </is>
       </c>
       <c r="P97" s="5" t="inlineStr">
         <is>
-          <t>03234 371 53</t>
+          <t>(03269)32154; 0665147866</t>
         </is>
       </c>
       <c r="Q97" s="5" t="inlineStr">
         <is>
-          <t>vyshnya-ptu@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R97" s="5"/>
+          <t>turkaptl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R97" s="5" t="inlineStr">
+        <is>
+          <t>https://www.turkaptl.org/</t>
+        </is>
+      </c>
       <c r="S97" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T97" s="5" t="inlineStr">
         <is>
-          <t>Воробйова Наталія Володимирівна</t>
+          <t>Юричко Ярослав Володимирович</t>
         </is>
       </c>
       <c r="U97" s="8"/>
       <c r="V97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Турківський професійний коледж"</t>
+          <t>Турківська автомобільна школа товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B98" s="6" t="n">
-        <v>2250</v>
+        <v>3916</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О "ТПК"</t>
+          <t>Турківська автошкола ТСО України</t>
         </is>
       </c>
       <c r="E98" s="5"/>
       <c r="F98" s="7"/>
       <c r="G98" s="6" t="n">
-        <v>1966</v>
+        <v>2000</v>
       </c>
       <c r="H98" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I98" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J98" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K98" s="7" t="inlineStr">
         <is>
           <t>82500</t>
         </is>
       </c>
       <c r="L98" s="7" t="inlineStr">
         <is>
           <t>UA46080190010014284</t>
         </is>
       </c>
       <c r="M98" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N98" s="5" t="inlineStr">
         <is>
           <t>м. Турка</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
-          <t>вул. Молодіжна, 39</t>
+          <t>вул. Данила Галицького, 2</t>
         </is>
       </c>
       <c r="P98" s="5" t="inlineStr">
         <is>
-          <t>(03269)32154; 0665147866</t>
+          <t>032 693 21 67</t>
         </is>
       </c>
       <c r="Q98" s="5" t="inlineStr">
         <is>
-          <t>turkaptl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>turka_autoshkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="R98" s="5"/>
       <c r="S98" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Юричко Ярослав Володимирович</t>
+          <t>Кундич Володимир Миколайович</t>
         </is>
       </c>
       <c r="U98" s="8"/>
       <c r="V98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>Турківська автомобільна школа товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Угнівський аграрно-будівельний ліцей"</t>
         </is>
       </c>
       <c r="B99" s="6" t="n">
-        <v>3916</v>
+        <v>2593</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
-          <t>Турківська автошкола ТСО України</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E99" s="5"/>
       <c r="F99" s="7"/>
       <c r="G99" s="6" t="n">
-        <v>2000</v>
+        <v>1996</v>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I99" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J99" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K99" s="7" t="inlineStr">
         <is>
-          <t>82500</t>
+          <t>80064</t>
         </is>
       </c>
       <c r="L99" s="7" t="inlineStr">
         <is>
-          <t>UA46080190010014284</t>
+          <t>UA46120010020094201</t>
         </is>
       </c>
       <c r="M99" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N99" s="5" t="inlineStr">
         <is>
-          <t>м. Турка</t>
+          <t>м. Угнів</t>
         </is>
       </c>
       <c r="O99" s="5" t="inlineStr">
         <is>
-          <t>вул. Данила Галицького, 2</t>
+          <t>вул. Жуковських, 8</t>
         </is>
       </c>
       <c r="P99" s="5" t="inlineStr">
         <is>
-          <t>032 693 21 67</t>
+          <t>0325754469</t>
         </is>
       </c>
       <c r="Q99" s="5" t="inlineStr">
         <is>
-          <t>turka_autoshkola@ukr.net</t>
+          <t>ugniv_abl@ukr.net</t>
         </is>
       </c>
       <c r="R99" s="5"/>
       <c r="S99" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T99" s="5" t="inlineStr">
         <is>
-          <t>Кундич Володимир Миколайович</t>
+          <t>Осміловська Любов Василівна</t>
         </is>
       </c>
       <c r="U99" s="8"/>
       <c r="V99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Угнівський аграрно-будівельний ліцей"</t>
+          <t>Заклад професійної (професійно-технічної) освіти «Галицький професійний агротехнічний коледж»</t>
         </is>
       </c>
       <c r="B100" s="6" t="n">
-        <v>2593</v>
+        <v>1670</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E100" s="5"/>
+          <t>ЗП(ПТ)О «ГАЛИЦЬКИЙ ПАК»</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>INSTITUTION OF PROFESSIONAL (VOCATIONAL AND TECHNICAL) EDUCATION «Halytskyi Profesiinyi Ahrotekhnichnyi koledzh»</t>
+        </is>
+      </c>
       <c r="F100" s="7"/>
       <c r="G100" s="6" t="n">
-        <v>1996</v>
+        <v>1953</v>
       </c>
       <c r="H100" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I100" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J100" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Львівської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K100" s="7" t="inlineStr">
         <is>
-          <t>80064</t>
+          <t>80733</t>
         </is>
       </c>
       <c r="L100" s="7" t="inlineStr">
         <is>
-          <t>UA46120010020094201</t>
+          <t>UA46040070650079175</t>
         </is>
       </c>
       <c r="M100" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N100" s="5" t="inlineStr">
         <is>
-          <t>м. Угнів</t>
+          <t>с. Галицьке</t>
         </is>
       </c>
       <c r="O100" s="5" t="inlineStr">
         <is>
-          <t>вул. Жуковських, 8</t>
+          <t>вул. Львівська, 17А</t>
         </is>
       </c>
       <c r="P100" s="5" t="inlineStr">
         <is>
-          <t>0325754469</t>
+          <t>(03265) 5 46 44</t>
         </is>
       </c>
       <c r="Q100" s="5" t="inlineStr">
         <is>
-          <t>ugniv_abl@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R100" s="5"/>
+          <t>vpu.chervone@gmail.com</t>
+        </is>
+      </c>
+      <c r="R100" s="5" t="inlineStr">
+        <is>
+          <t>https://gpak.in.ua</t>
+        </is>
+      </c>
       <c r="S100" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T100" s="5" t="inlineStr">
         <is>
-          <t>Осміловська Любов Василівна</t>
+          <t>Ляшовський Василь Анатолійович</t>
         </is>
       </c>
       <c r="U100" s="8"/>
       <c r="V100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти «Галицький професійний агротехнічний коледж»</t>
+          <t>Яворівський ліцей імені Осипа Маковея Яворівської міської ради Львівської області</t>
         </is>
       </c>
       <c r="B101" s="6" t="n">
-        <v>1670</v>
+        <v>6898</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О «ГАЛИЦЬКИЙ ПАК»</t>
-[...6 lines deleted...]
-      </c>
+          <t>Яворівський ліцей ім. Осипа Маковея</t>
+        </is>
+      </c>
+      <c r="E101" s="5"/>
       <c r="F101" s="7"/>
       <c r="G101" s="6" t="n">
-        <v>1953</v>
+        <v>1908</v>
       </c>
       <c r="H101" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I101" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J101" s="5"/>
       <c r="K101" s="7" t="inlineStr">
         <is>
-          <t>80733</t>
+          <t>81000</t>
         </is>
       </c>
       <c r="L101" s="7" t="inlineStr">
         <is>
-          <t>UA46040070650079175</t>
+          <t>UA46140110010091191</t>
         </is>
       </c>
       <c r="M101" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N101" s="5" t="inlineStr">
         <is>
-          <t>с. Галицьке</t>
+          <t>м. Яворів</t>
         </is>
       </c>
       <c r="O101" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 17А</t>
+          <t>вул. Львівська, 18</t>
         </is>
       </c>
       <c r="P101" s="5" t="inlineStr">
         <is>
-          <t>(03265) 5 46 44</t>
+          <t>(096)277-38-71</t>
         </is>
       </c>
       <c r="Q101" s="5" t="inlineStr">
         <is>
-          <t>vpu.chervone@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>gimnaziya_yavoriv@ukr.net</t>
+        </is>
+      </c>
+      <c r="R101" s="5"/>
       <c r="S101" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T101" s="5" t="inlineStr">
         <is>
-          <t>Ляшовський Василь Анатолійович</t>
-[...78 lines deleted...]
-        <is>
           <t>Моржин Наталія Романівна</t>
         </is>
       </c>
-      <c r="U102" s="8" t="n">
+      <c r="U101" s="8" t="n">
         <v>45748</v>
       </c>
-      <c r="V102" s="5" t="inlineStr">
+      <c r="V101" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V102"/>
+  <autoFilter ref="A1:V101"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>