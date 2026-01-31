--- v0 (2025-10-17)
+++ v1 (2026-01-31)
@@ -1004,51 +1004,51 @@
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Кульпарківська, 99</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
           <t>+38(097)097-60-01</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>business_law@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
           <t>lubp.com.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Семчук Жанна Віталіївна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Інститут фізичної оптики імені О.Г.Влоха Міністерства освіти і науки України</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>3887</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ІФО імені О.Г.Влоха МОН України</t>
         </is>
       </c>
@@ -1237,51 +1237,51 @@
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Lviv National Academy of Arts</t>
         </is>
       </c>
       <c r="F12" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G12" s="6" t="n">
         <v>1946</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>79011</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Кубійовича, 38</t>
@@ -1333,51 +1333,51 @@
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>Lviv National Music Academy named after Mykola Lysenko</t>
         </is>
       </c>
       <c r="F13" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G13" s="6" t="n">
         <v>1844</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>79005</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
           <t>вул. Нижанківського, 5</t>