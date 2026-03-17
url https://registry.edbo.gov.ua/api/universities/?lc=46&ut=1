--- v1 (2026-01-31)
+++ v2 (2026-03-17)
@@ -385,51 +385,51 @@
           <t>вул. Ліська, 16</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(032)241-90-50</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>limlviv@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.lim.lviv.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Миронюк Василь Миколайович</t>
+          <t>Кіселичник Василь Петрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Вищий приватний навчальний заклад "Львівський медичний університет"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1362</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВПНЗ "Львівський медичний університет"</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Private higher education institution "Lviv medical university"</t>
         </is>
       </c>
@@ -727,147 +727,151 @@
           <t>79057</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Горбачевського І., 18</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>+38(032)-258-20-27;</t>
-[...2 lines deleted...]
-      <c r="Q6" s="5"/>
+          <t>+38(032)-258-20-27</t>
+        </is>
+      </c>
+      <c r="Q6" s="5" t="inlineStr">
+        <is>
+          <t>dir.ippt@gmail.com</t>
+        </is>
+      </c>
       <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Попадинець Назарій Миколайович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>ДЕРЖАВНЕ НЕКОМЕРЦІЙНЕ ПІДПРИЄМСТВО "ЛЬВІВСЬКИЙ НАЦІОНАЛЬНИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ ІМЕНІ ДАНИЛА ГАЛИЦЬКОГО"</t>
+          <t>Державне некомерційне товариство "Львівський національний медичний університет імені Данила Галицького"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>7314</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ДНП "ЛНМУ ІМЕНІ ДАНИЛА ГАЛИЦЬКОГО"</t>
+          <t>ДНТ «ЛНМУ імені Данила Галицького»</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>STATE NON-PROFIT ENTERPRISE “DANYLO HALYTSKY LVIV NATIONAL MEDICAL UNIVERSITY”</t>
+          <t>STATE NONPROFIT COMPANY "DANYLO HALYTSKY LVIV NATIONAL MEDICAL UNIVERSITY"</t>
         </is>
       </c>
       <c r="F7" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G7" s="6"/>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство охорони здоров`я України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
           <t>79010</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Пекарська, 69</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+032(27)-576-32</t>
+          <t>+38(032)-275-76-32</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>office@meduniv.lviv.ua</t>
+          <t>office@lnmu.edu.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>http://www.meduniv.lviv.ua</t>
+          <t>https://new.meduniv.lviv.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Чемерис Орест Мирославович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти “Український католицький університет”</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>244</v>
       </c>
       <c r="C8" s="6"/>
@@ -1680,107 +1684,111 @@
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Швець Дмитро Володимирович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Львівський державний університет фізичної культури імені Івана Боберського</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>187</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>ЛДУФК ім. Івана Боберського</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Lviv State University of Physical Culture named after Ivan Boberskyj</t>
+          <t>Ivan Boberskyi Lviv State University of Physical Culture</t>
         </is>
       </c>
       <c r="F17" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G17" s="6" t="n">
         <v>1946</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство молоді та спорту України</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
           <t>79000</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA46060250010015970</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Костюшка, 11</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>+38(032)-272-70-42;</t>
-[...2 lines deleted...]
-      <c r="Q17" s="5"/>
+          <t>+38(032)-272-70-42</t>
+        </is>
+      </c>
+      <c r="Q17" s="5" t="inlineStr">
+        <is>
+          <t>info@ldufk.edu.ua</t>
+        </is>
+      </c>
       <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Свищ Ярослав Степанович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Львівський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>1164</v>
       </c>
       <c r="C18" s="6" t="n">
         <v>249</v>
@@ -1982,86 +1990,86 @@
       <c r="F20" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G20" s="6" t="n">
         <v>1661</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>79000</t>
+          <t>79007</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA46060250010121390</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Львівська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Львів</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>Університетська, 1</t>
+          <t>вул. Університетська, 1</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(032) 239-41-22</t>
+          <t>+38(803)-229-71-66</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>zag_kan@lnu.edu.ua</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>www.lnu.edu.ua</t>
+          <t>https://lnu.edu.ua/</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Гладишевський Роман Євгенович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Львівський торговельно-економічний університет</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>16</v>
       </c>
       <c r="C21" s="6"/>