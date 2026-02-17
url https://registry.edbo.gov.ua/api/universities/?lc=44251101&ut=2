--- v0 (2025-10-26)
+++ v1 (2026-02-17)
@@ -371,56 +371,56 @@
           <t>92703</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA44140110010014704</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Старобільськ</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>пл. Гоголя, 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(06461) 21605</t>
+          <t>+38(050)-531-47-74</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>liceylny@ukr.net</t>
+          <t>official@rcpo.luguniv.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>rcpo.luguniv.edu.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Курило Микола Семенович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Старобільський професійний ліцей</t>
         </is>