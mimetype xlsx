--- v0 (2025-10-15)
+++ v1 (2026-02-03)
@@ -541,58 +541,54 @@
           <t>93191</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA44120050030024381</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Привілля</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкіна, 21</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0645126363</t>
-[...6 lines deleted...]
-      </c>
+          <t>0990220173; 2-68-69;</t>
+        </is>
+      </c>
+      <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Жуков Олексій Іванович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище № 94</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>2265</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">