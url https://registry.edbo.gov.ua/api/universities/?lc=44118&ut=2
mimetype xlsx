--- v1 (2026-02-03)
+++ v2 (2026-03-20)
@@ -541,55 +541,63 @@
           <t>93191</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA44120050030024381</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Привілля</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкіна, 21</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>0990220173; 2-68-69;</t>
-[...3 lines deleted...]
-      <c r="R4" s="5"/>
+          <t>+38(099)-022-01-73</t>
+        </is>
+      </c>
+      <c r="Q4" s="5" t="inlineStr">
+        <is>
+          <t>ppl55@ukr.net</t>
+        </is>
+      </c>
+      <c r="R4" s="5" t="inlineStr">
+        <is>
+          <t>http://privilly.wixsite.com/ppl55</t>
+        </is>
+      </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Жуков Олексій Іванович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище № 94</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>2265</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>