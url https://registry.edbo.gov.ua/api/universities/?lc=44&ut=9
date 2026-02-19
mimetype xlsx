--- v0 (2025-11-04)
+++ v1 (2026-02-19)
@@ -373,66 +373,66 @@
           <t>93105</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA44120050010021900</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Лисичанськ</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Красна, 187</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(066)3272811</t>
+          <t>+38(064)-517-48-00</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>lismeduch@i.ua</t>
+          <t>lismedcollege@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>lismedic.com</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о.директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Артеменко Юлія Євгенівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Кремінський медичний фаховий коледж</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1124</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>КМФК</t>
         </is>
       </c>