--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -877,58 +877,54 @@
           <t>93191</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA44120050030024381</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Привілля</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкіна, 21</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0645126363</t>
-[...6 lines deleted...]
-      </c>
+          <t>0990220173; 2-68-69;</t>
+        </is>
+      </c>
+      <c r="Q8" s="5"/>
       <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Жуков Олексій Іванович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Рубіжанський професійний хіміко-технологічний ліцей</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>2316</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
@@ -2139,56 +2135,56 @@
           <t>92703</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA44140110010014704</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Старобільськ</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>пл. Гоголя, 1</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(06461) 21605</t>
+          <t>+38(050)-531-47-74</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>liceylny@ukr.net</t>
+          <t>official@rcpo.luguniv.edu.ua</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>rcpo.luguniv.edu.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Курило Микола Семенович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Старобільський професійний ліцей</t>
         </is>