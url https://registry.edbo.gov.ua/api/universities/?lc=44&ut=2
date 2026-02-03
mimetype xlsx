--- v1 (2025-12-04)
+++ v2 (2026-02-03)
@@ -453,71 +453,63 @@
           <t>93295</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Золоте</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Молодіжна, 37</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+380506754397</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(066)-526-64-03; +38(063)-568-96-19;</t>
+        </is>
+      </c>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов’язків директора;</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Кіященко Тетяна Робертівна</t>
+          <t>Підгайко Сергій Володимирович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Луганський навчально-курсовий комбінат"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>3806</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ЛНКК</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>2000</v>
       </c>
@@ -957,51 +949,51 @@
           <t>93001</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA44120090010096548</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Рубіжне</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Чехова, 7</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(06453)9-50-79</t>
+          <t>+38(095)-812-94-93</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>rpxtl13@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Орлова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Рубіжанський трубний завод"</t>