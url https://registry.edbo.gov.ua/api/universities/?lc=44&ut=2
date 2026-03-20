--- v2 (2026-02-03)
+++ v3 (2026-03-20)
@@ -453,58 +453,66 @@
           <t>93295</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA44120010020096222</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Золоте</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Молодіжна, 37</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-526-64-03; +38(063)-568-96-19;</t>
-[...3 lines deleted...]
-      <c r="R3" s="5"/>
+          <t>+38(095)-003-71-24</t>
+        </is>
+      </c>
+      <c r="Q3" s="5" t="inlineStr">
+        <is>
+          <t>zpl_83@ukr.net</t>
+        </is>
+      </c>
+      <c r="R3" s="5" t="inlineStr">
+        <is>
+          <t>https://www.zplicey.com.ua</t>
+        </is>
+      </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків директора;</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Підгайко Сергій Володимирович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Луганський навчально-курсовий комбінат"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>3806</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ЛНКК</t>
         </is>
       </c>
@@ -869,55 +877,63 @@
           <t>93191</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA44120050030024381</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Луганська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Привілля</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Пушкіна, 21</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0990220173; 2-68-69;</t>
-[...3 lines deleted...]
-      <c r="R8" s="5"/>
+          <t>+38(099)-022-01-73</t>
+        </is>
+      </c>
+      <c r="Q8" s="5" t="inlineStr">
+        <is>
+          <t>ppl55@ukr.net</t>
+        </is>
+      </c>
+      <c r="R8" s="5" t="inlineStr">
+        <is>
+          <t>http://privilly.wixsite.com/ppl55</t>
+        </is>
+      </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Жуков Олексій Іванович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Рубіжанський професійний хіміко-технологічний ліцей</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>2316</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>