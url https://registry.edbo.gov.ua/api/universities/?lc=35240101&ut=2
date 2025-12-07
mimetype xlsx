--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -474,58 +474,52 @@
         <is>
           <t>вул. Павлівська, 58</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(066)478-78-10</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>mnwk@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Кривошия Віктор Степанович</t>
         </is>
       </c>
-      <c r="U3" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U3" s="8"/>
+      <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Новоукраїнський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>6731</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Новоукраїнський РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>1994</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>