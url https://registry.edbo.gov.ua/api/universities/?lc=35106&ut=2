--- v0 (2025-10-26)
+++ v1 (2026-03-14)
@@ -369,54 +369,58 @@
           <t>27400</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA35040130010097956</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Знам’янка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>пров. Станційний, 4</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-227-24-61;</t>
-[...2 lines deleted...]
-      <c r="Q2" s="5"/>
+          <t>+38(066)-227-24-61</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>znamlicey@ukr.net, sosnove-proflicey.rv.ua</t>
+        </is>
+      </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Смалько Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>"Знам`янський міській спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>3747</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
@@ -449,58 +453,54 @@
           <t>27400</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA35040130010097956</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Знам’янка</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Київська, 23</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+38 (050) 34 11 049</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(050)-341-10-49;</t>
+        </is>
+      </c>
+      <c r="Q3" s="5"/>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Колебіденко Володимир Олександрович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>