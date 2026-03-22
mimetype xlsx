--- v0 (2025-10-31)
+++ v1 (2026-03-22)
@@ -647,51 +647,51 @@
           <t>28000</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA35080050010051027</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Олександрія</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>просп. Соборний, 62</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>+380(66)890-41-09</t>
+          <t>+38(052)-357-08-73; +38(066)-890-41-09;</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>oit2008@ukr.net</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>www.odpk.org.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Савченко Лариса Миколаївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>