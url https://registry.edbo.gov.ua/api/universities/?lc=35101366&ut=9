--- v0 (2025-11-01)
+++ v1 (2026-03-10)
@@ -477,51 +477,51 @@
           <t>вул. Шевченка, 1</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>+380(52)-232-08-89</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>mails@cuspu.edu.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://college.cusu.edu.ua/</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Балах Наталія Володимирівна</t>
+          <t>Сокуренко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Кіровоградський кооперативний фаховий коледж економіки і права імені М. П. Сая Кіровоградської облспоживспілки</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>559</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ККФКЕіП ім. М. П. Сая</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Kirovohrad Cooperative Professional College of Economics and Law named after M.P. Saya Kirovohrad Regional Consumer Union</t>
         </is>
       </c>