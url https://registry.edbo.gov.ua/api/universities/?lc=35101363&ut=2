--- v0 (2025-10-19)
+++ v1 (2025-12-07)
@@ -468,60 +468,60 @@
           <t>050 3333 604</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>553234@i.ua</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Тарасенко Олег Іванович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім.О.С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>2560</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО ім.О.С. Єгорова</t>
+          <t>РЦПТО ім. О. С. Єгорова</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>1944</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>