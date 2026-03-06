--- v1 (2025-12-07)
+++ v2 (2026-03-06)
@@ -468,60 +468,60 @@
           <t>050 3333 604</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>553234@i.ua</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Тарасенко Олег Іванович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О.С. Єгорова</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>2560</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО ім. О. С. Єгорова</t>
+          <t>РЦПТО ім. О.С. Єгорова</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>1944</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>
@@ -531,51 +531,51 @@
           <t>25026</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA35040210010286392</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Василя Нікітіна, 21-А</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(0522) 34-08-51</t>
+          <t>+38(095)-513-68-36</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>kr_proflitsey@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Дорошенко Олександр Васильович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Філія "Кіровоградський державний обласний навчально-курсовий комбінат" УДП "Укрінтеравтосервіс"</t>