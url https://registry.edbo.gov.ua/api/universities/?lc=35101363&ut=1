--- v0 (2025-10-31)
+++ v1 (2026-02-17)
@@ -463,62 +463,62 @@
           <t>25005</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA35040210010286392</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Чобану Степана, 1</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+380(52)-234-40-10</t>
+          <t>+38(052)-239-45-79</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>office@sfa.org.ua</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Стецюк Богдан Романович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Центральноукраїнський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>1182</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>249</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>Центральноукраїнський інститут ПрАТ «ВНЗ «МАУП»</t>
@@ -660,56 +660,56 @@
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>просп. Університетський, 8</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>+38(052)255-92-34</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>rector@kntu.kr.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>https://www.kntu.kr.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Кропівний Володимир Миколайович</t>
+          <t>Кириченко Андрій Миколайович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>