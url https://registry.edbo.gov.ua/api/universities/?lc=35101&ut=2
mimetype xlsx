--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1152,60 +1152,60 @@
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Риба Євген Олександрович</t>
         </is>
       </c>
       <c r="U11" s="8" t="n">
         <v>44827</v>
       </c>
       <c r="V11" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім.О.С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2560</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО ім.О.С. Єгорова</t>
+          <t>РЦПТО ім. О. С. Єгорова</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>1944</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>