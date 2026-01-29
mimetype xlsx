--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -363,53 +363,65 @@
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>25006</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Панченка Володимира, 26</t>
         </is>
       </c>
-      <c r="P2" s="5"/>
-[...1 lines deleted...]
-      <c r="R2" s="5"/>
+      <c r="P2" s="5" t="inlineStr">
+        <is>
+          <t>+38(052)-224-05-01</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>kplsp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>licey.kr.ua</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Снєжко Людмила Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>КІРОВОГРАДСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6729</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
@@ -869,63 +881,55 @@
           <t>25030</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Френчка Віктора, 17</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+380960824921</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380629515680; +380629515587;</t>
+        </is>
+      </c>
+      <c r="Q8" s="5"/>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Меркулов Ілля Валентинович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Кіровоградської області</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>4406</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
@@ -1152,60 +1156,60 @@
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Риба Євген Олександрович</t>
         </is>
       </c>
       <c r="U11" s="8" t="n">
         <v>44827</v>
       </c>
       <c r="V11" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О.С. Єгорова</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2560</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО ім. О. С. Єгорова</t>
+          <t>РЦПТО ім. О.С. Єгорова</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>1944</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>