--- v0 (2025-10-21)
+++ v1 (2025-12-07)
@@ -849,51 +849,51 @@
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Кропивницький інститут приватного вищого навчального закладу "Університет сучасних знань"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>2816</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>281</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>Kropivnitsky Institute of Private Higher Educational Institution “University of Modern Knowledge”</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J8" s="5"/>
       <c r="K8" s="7" t="inlineStr">
         <is>
           <t>25015</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>