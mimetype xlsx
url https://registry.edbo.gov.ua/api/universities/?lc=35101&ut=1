--- v1 (2025-12-07)
+++ v2 (2026-02-08)
@@ -1023,117 +1023,111 @@
         <is>
           <t>Шишкіна Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Приватна організація "Приватний заклад вищої освіти "Український університет охорони здоров'я"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>2993</v>
       </c>
       <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ПО "ПЗВО "УУОЗ"</t>
         </is>
       </c>
       <c r="E10" s="5"/>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J10" s="5"/>
       <c r="K10" s="7" t="inlineStr">
         <is>
           <t>25015</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Полтавська, 40</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>0936938735</t>
+          <t>+38(093)-693-87-35</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>sakoretska@ukr.net</t>
+          <t>rectoruuoz@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5"/>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Корецька Світлана Олександрівна</t>
         </is>
       </c>
-      <c r="U10" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U10" s="8"/>
+      <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Кропивницький інститут державного та муніципального управління"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>2656</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>ПВНЗ КІДМУ</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>Private Higher Educational Institution "Kropyvnytskyi Institute of State and Municipal Governance"</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>2013</v>
       </c>
@@ -1343,62 +1337,62 @@
           <t>25005</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA35040210010286392</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
           <t>вул. Чобану Степана, 1</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+380(52)-234-40-10</t>
+          <t>+38(052)-239-45-79</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
           <t>office@sfa.org.ua</t>
         </is>
       </c>
       <c r="R13" s="5"/>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Стецюк Богдан Романович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Центральноукраїнський державний університет імені Володимира Винниченка</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>55</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>ЦДУ ім.В.Винниченка</t>
         </is>
       </c>
@@ -1636,56 +1630,56 @@
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>просп. Університетський, 8</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
           <t>+38(052)255-92-34</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
           <t>rector@kntu.kr.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
           <t>https://www.kntu.kr.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Кропівний Володимир Миколайович</t>
+          <t>Кириченко Андрій Миколайович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>