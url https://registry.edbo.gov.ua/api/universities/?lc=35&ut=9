--- v0 (2025-10-27)
+++ v1 (2025-12-15)
@@ -661,51 +661,51 @@
           <t>вул. Шевченка, 1</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>+380(52)-232-08-89</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>mails@cuspu.edu.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>https://college.cusu.edu.ua/</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Балах Наталія Володимирівна</t>
+          <t>Сокуренко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Кіровоградський кооперативний фаховий коледж економіки і права імені М. П. Сая Кіровоградської облспоживспілки</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>559</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ККФКЕіП ім. М. П. Сая</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t>Kirovohrad Cooperative Professional College of Economics and Law named after M.P. Saya Kirovohrad Regional Consumer Union</t>
         </is>
       </c>