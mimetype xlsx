--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -917,51 +917,51 @@
           <t>25031</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>просп. Університетський, 5/2</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>0522553435</t>
+          <t>+38(068)-899-41-79</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>ktmsh@ukr.net</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>https://kafk.pp.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Новікова Інна Олександрівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>