--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1152,60 +1152,60 @@
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Риба Євген Олександрович</t>
         </is>
       </c>
       <c r="U11" s="8" t="n">
         <v>44827</v>
       </c>
       <c r="V11" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім.О.С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2560</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО ім.О.С. Єгорова</t>
+          <t>РЦПТО ім. О. С. Єгорова</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>1944</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>
@@ -3038,58 +3038,52 @@
         <is>
           <t>вул. Мічуріна, 174</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
           <t>(066)962-98-77</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
           <t>dmnvk@ukr.net</t>
         </is>
       </c>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
           <t>Скороход Олександр Вікторович</t>
         </is>
       </c>
-      <c r="U34" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>Компаніївський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
         <v>3133</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t>Компаніївський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -4453,51 +4447,51 @@
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
           <t>вул. Користівське шосе, 6</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
           <t>0960634873</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
           <t>OleksandriyPAL@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Братченко Сергій Григорович</t>
+          <t>Якимчук Оксана Юріївна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>Професійно-технічне училище №30 с. Торговиця</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
         <v>2563</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>ПТУ №30 с. Торговиця</t>
         </is>
       </c>