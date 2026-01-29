--- v1 (2025-12-04)
+++ v2 (2026-01-29)
@@ -363,53 +363,65 @@
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>25006</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Панченка Володимира, 26</t>
         </is>
       </c>
-      <c r="P2" s="5"/>
-[...1 lines deleted...]
-      <c r="R2" s="5"/>
+      <c r="P2" s="5" t="inlineStr">
+        <is>
+          <t>+38(052)-224-05-01</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>kplsp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>licey.kr.ua</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Снєжко Людмила Олексіївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>КІРОВОГРАДСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6729</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
@@ -869,63 +881,55 @@
           <t>25030</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA35040210010019355</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Френчка Віктора, 17</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>+380960824921</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380629515680; +380629515587;</t>
+        </is>
+      </c>
+      <c r="Q8" s="5"/>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Меркулов Ілля Валентинович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Кіровоградської області</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>4406</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
@@ -1152,60 +1156,60 @@
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Риба Євген Олександрович</t>
         </is>
       </c>
       <c r="U11" s="8" t="n">
         <v>44827</v>
       </c>
       <c r="V11" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Регіональний центр професійної освіти ім. О. С. Єгорова</t>
+          <t>Регіональний центр професійної освіти ім. О.С. Єгорова</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2560</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>РЦПТО ім. О. С. Єгорова</t>
+          <t>РЦПТО ім. О.С. Єгорова</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>Redional centre of professional education by O.S.Jehorov</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
         <v>1944</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Кіровоградської обласної державної адміністрації</t>
         </is>
@@ -3868,58 +3872,52 @@
         <is>
           <t>вул. Павлівська, 58</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
           <t>(066)478-78-10</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
           <t>mnwk@ukr.net</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
           <t>Кривошия Віктор Степанович</t>
         </is>
       </c>
-      <c r="U44" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U44" s="8"/>
+      <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>Новоукраїнський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
         <v>6731</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t>Новоукраїнський РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
         <v>1994</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>