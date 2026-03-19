--- v2 (2026-01-29)
+++ v3 (2026-03-19)
@@ -556,51 +556,51 @@
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Шатила, 4</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0522)37-10-31</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>vpu-9@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>vpu9.kr.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора Кропивницького ВПУ</t>
+          <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Рацул Олександр Борисович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Кропивницький навчальний пункт "Автошкола Інгул" обласного комунального навчально-курсового комбінату "Аграрник"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>4067</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>2606</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>.</t>
@@ -1219,51 +1219,51 @@
           <t>25026</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA35040210010286392</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Кропивницький</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Василя Нікітіна, 21-А</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(0522) 34-08-51</t>
+          <t>+38(095)-513-68-36</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>kr_proflitsey@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Дорошенко Олександр Васильович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «АЛЕКС АВТО ГРУП»</t>
@@ -1555,54 +1555,58 @@
           <t>27400</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA35040130010097956</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Знам’янка</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>пров. Станційний, 4</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-227-24-61;</t>
-[...2 lines deleted...]
-      <c r="Q16" s="5"/>
+          <t>+38(066)-227-24-61</t>
+        </is>
+      </c>
+      <c r="Q16" s="5" t="inlineStr">
+        <is>
+          <t>znamlicey@ukr.net, sosnove-proflicey.rv.ua</t>
+        </is>
+      </c>
       <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Смалько Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>"Знам`янський міській спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>3747</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
@@ -1635,58 +1639,54 @@
           <t>27400</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
           <t>UA35040130010097956</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Знам’янка</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
           <t>вул. Київська, 23</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>+38 (050) 34 11 049</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(050)-341-10-49;</t>
+        </is>
+      </c>
+      <c r="Q17" s="5"/>
       <c r="R17" s="5"/>
       <c r="S17" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
           <t>Колебіденко Володимир Олександрович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Олександрійський професійний ліцей"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
         <v>2475</v>
       </c>
       <c r="C18" s="6"/>
       <c r="D18" s="5" t="inlineStr">
@@ -1723,51 +1723,51 @@
           <t>28000</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA35080050010051027</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Олександрія</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>пл. Покровська, 18</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(05235)7-87-79</t>
+          <t>+38(066)-272-04-74</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
           <t>opl.ua@ukr.net</t>
         </is>
       </c>
       <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Мужиков Костянтин Вікторович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Олександрійський навчальний пункт обласного комунального навчально-курсового комбінату "Аграрник"</t>
@@ -1881,51 +1881,51 @@
           <t>27501</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA35080170010073614</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Світловодськ</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Приморська, 12</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(05236)7-28-81</t>
+          <t>+38(097)-751-42-83;</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
           <t>svetlovodsk.ptu_5@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Маліцький Володимир Іванович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Центральноукраїнське професійне училище соціальної реабілітації</t>
@@ -2361,51 +2361,51 @@
         </is>
       </c>
       <c r="K26" s="7"/>
       <c r="L26" s="7" t="inlineStr">
         <is>
           <t>UA35040030010012943</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Бобринець</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
           <t>вул. Дімітрова, 1</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>095900402;</t>
+          <t>+38(066)-118-57-38</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
           <t>pty32.com.ua</t>
         </is>
       </c>
       <c r="R26" s="5" t="inlineStr">
         <is>
           <t>pty_32ukr.net</t>
         </is>
       </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
           <t>Запорожець Андрій Михайлович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
@@ -2794,52 +2794,58 @@
           <t>с-ще Голованівськ</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
           <t>вул. Лемика Миколи, 2</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
           <t>+38(096)-130-89-79;</t>
         </is>
       </c>
       <c r="Q31" s="5"/>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
           <t>Леонтюк Богдан Борисович</t>
         </is>
       </c>
-      <c r="U31" s="8"/>
-      <c r="V31" s="5"/>
+      <c r="U31" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V31" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
           <t>ДОБРОВЕЛИЧКІВСЬКИЙ МІЖШКІЛЬНИЙ НАВЧАЛЬНО-ВИРОБНИЧИЙ КОМБІНАТ</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
         <v>7039</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
           <t>ДОБРОВЕЛИЧКІВСЬКИЙ МНВК</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
         <v>1979</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3107,58 +3113,54 @@
           <t>28400</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA35040190010033573</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>с-ще Компаніївка</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
           <t>вул. Шкільна, 1</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(05240)2-04-72</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(052)-402-04-72</t>
+        </is>
+      </c>
+      <c r="Q35" s="5"/>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
           <t>Штундер Анжела Анатоліївна</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>Маловисківський навчальний пункт обласного комунального навчально-курсового комбінату "Аграрник"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
         <v>2908</v>
       </c>
       <c r="C36" s="6" t="n">
         <v>2606</v>
@@ -4341,61 +4343,61 @@
           <t>27037</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA35060170010049604</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>с. Піщаний Брід</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
           <t>вул. Незалежності, 1</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(05253) 2 52 42, 5 33 13</t>
+          <t>+38(066)-454-01-19</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
           <t>pb_ppal@ukr.net</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
-          <t>http://www.ppal.com.ua</t>
+          <t>https://www.ppal.com.ua</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
           <t>Ліщенюк Тетяна Леонтіївна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
           <t>Олександрійський професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
         <v>2558</v>
       </c>
       <c r="C51" s="6"/>
@@ -4429,51 +4431,51 @@
           <t>28020</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA35080050010051027</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Олександрія</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
           <t>вул. Користівське шосе, 6</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>0960634873</t>
+          <t>+38(096)-063-48-73</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
           <t>OleksandriyPAL@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
           <t>Якимчук Оксана Юріївна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>Професійно-технічне училище №30 с. Торговиця</t>
@@ -4517,55 +4519,63 @@
           <t>26106</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA35020130200046398</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Кіровоградська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>с. Торговиця</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
           <t>вул. Сірка, 42</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>380525521478; 380525527463;</t>
-[...3 lines deleted...]
-      <c r="R52" s="5"/>
+          <t>+38(052)-552-14-78</t>
+        </is>
+      </c>
+      <c r="Q52" s="5" t="inlineStr">
+        <is>
+          <t>ptu30tor@gmail.com</t>
+        </is>
+      </c>
+      <c r="R52" s="5" t="inlineStr">
+        <is>
+          <t>torg30.ptu.in.ua</t>
+        </is>
+      </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
           <t>Романій Олена Миколаївна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>Гайворонський навчальний пункт обласного комунального навчально-курсового комбінату "Аграрник"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
         <v>2915</v>
       </c>
       <c r="C53" s="6" t="n">
         <v>2606</v>
       </c>