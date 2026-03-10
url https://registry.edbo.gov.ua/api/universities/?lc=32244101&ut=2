--- v0 (2025-10-26)
+++ v1 (2026-03-10)
@@ -451,63 +451,55 @@
           <t>09501</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA32020190010060417</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Тараща</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Білоцерківська, 78</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>063-479-2263</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(063)-479-23-66</t>
+        </is>
+      </c>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Степаненко Світлана В`ячеславівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 