--- v0 (2025-11-07)
+++ v1 (2026-03-10)
@@ -360,71 +360,67 @@
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>08835</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA32120090310054398</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с. Росава</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 3</t>
+          <t>вул. Центральна, 1,Б</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(04574) 4-32-81</t>
+          <t>+38(045)-744-32-81</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>m_mnvk@ukr.net</t>
         </is>
       </c>
-      <c r="R2" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор Миронівського МНВК</t>
+          <t>Директор Миронівського МРЦ</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Дорошенко Світлана Василівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>