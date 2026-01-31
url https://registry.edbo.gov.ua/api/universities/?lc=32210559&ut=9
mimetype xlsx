--- v0 (2025-10-14)
+++ v1 (2026-01-31)
@@ -371,51 +371,51 @@
           <t>07854</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA32080210010080513</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Немішаєве</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Технікумівська, 4</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0457741155</t>
+          <t>+38(804)-477-41-45</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>nat_college@nubip.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://nfk.in.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Альохін Володимир Ілліч</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>