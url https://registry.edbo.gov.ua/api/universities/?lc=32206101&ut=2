--- v0 (2025-12-14)
+++ v1 (2026-03-10)
@@ -365,71 +365,73 @@
           <t>09700</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA32120010010027554</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Богуслав</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Франка, 31</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(04561)5-15-75, (04561)5-23-60</t>
-[...6 lines deleted...]
-      </c>
+          <t>0456152360;</t>
+        </is>
+      </c>
+      <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Кукла Сергій Васильович</t>
         </is>
       </c>
-      <c r="U2" s="8"/>
-      <c r="V2" s="5"/>
+      <c r="U2" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="V2" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Богуславське вище професійне училище сфери послуг"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1815</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Богуславське ВПУ сфери послуг"</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>State Professional-Technical Educational Establishment ''Bohuslav Higher Vocational School of Services''</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1967</v>
       </c>