--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -453,61 +453,61 @@
           <t>09230</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA32120130010035405</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Ржищів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка Тараса, 93</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(044) 732-12-45, (044) 732-11-65, (044) 732-11-34</t>
+          <t>+38(050)-732-12-45</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>ripfk@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>ript.com.ua ripfk.com.ua</t>
+          <t>ripfk.com.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Перегонцев Андрій Юрійович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Ржищівський фаховий коледж будівництва та економіки</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>3962</v>
       </c>
       <c r="C4" s="6"/>