--- v1 (2025-12-20)
+++ v2 (2026-03-14)
@@ -369,55 +369,63 @@
           <t>09230</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA32120130010035405</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Ржищів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 9</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>827321184; 827321466;</t>
-[...3 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>+38(045)-732-11-84</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>rgfk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>http://www.rgk.edukit.kiev.ua/</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Голова комісії з реорганізації</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Шелудько Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Ржищівський індустріально-педагогічний фаховий коледж</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>728</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>