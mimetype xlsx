--- v0 (2025-11-04)
+++ v1 (2026-01-27)
@@ -365,56 +365,56 @@
           <t>08400</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA32040110010043320</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Переяслав</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Можайська, 5</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0456752040; 0456752812;</t>
+          <t>+38(093)-887-30-71</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>ptu22@us.com.ua</t>
+          <t>ptu_22_phm@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Лопата Микола Петрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Переяславський міжшкільний ресурсний центр Переяславської міської ради</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>7223</v>
       </c>