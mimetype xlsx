--- v1 (2026-01-27)
+++ v2 (2026-03-24)
@@ -468,52 +468,58 @@
         <is>
           <t>вул. Шевченка, 20</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(096)724-23-96</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>evgloba@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Глоба Євгеній Вікторович</t>
         </is>
       </c>
-      <c r="U3" s="8"/>
-      <c r="V3" s="5"/>
+      <c r="U3" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V3" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю фірма "Адмінгран"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>3910</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ТОВ фірма "Адмінгран"</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -544,52 +550,58 @@
           <t>м. Переяслав</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Новокиївське шоссе, 41</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>+38(050)-611-60-70;</t>
         </is>
       </c>
       <c r="Q4" s="5"/>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Ломінов Микола Іванович</t>
         </is>
       </c>
-      <c r="U4" s="8"/>
-      <c r="V4" s="5"/>
+      <c r="U4" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V4" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>