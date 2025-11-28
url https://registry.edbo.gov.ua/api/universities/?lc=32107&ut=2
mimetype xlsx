--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -394,60 +394,60 @@
         <is>
           <t>stktsoy_vasilkov@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://www.auto-tsou.com/avtoshkola/vasylkiv</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Костюченко Тамара Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ КИЇВСЬКОЇ ОБЛАСНОЇ РАДИ «ВА­СИЛЬ­КІВ­СЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ КИЇВСЬКОЇ ОБЛАСНОЇ РАДИ «ВАСИЛЬКІВСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2007</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>КЗ П(ПТ)О КОР «ВА­СИЛЬ­КІВ­СЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
+          <t>КЗ П(ПТ)О КОР «ВАСИЛЬКІВСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>VASYLKIV COLLEGE OF PROFESSIONAL AND TECHNICAL EDUCATION</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>