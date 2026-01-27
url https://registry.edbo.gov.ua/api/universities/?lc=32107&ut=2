--- v1 (2025-11-28)
+++ v2 (2026-01-27)
@@ -457,63 +457,59 @@
           <t>08601</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA32120030010069648</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Васильків</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Київський шлях, 39</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>050-239-92-32</t>
+          <t>+38(050)-239-92-32;</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>vasylkiv_licej@ukr.net</t>
         </is>
       </c>
-      <c r="R3" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Постоленко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 