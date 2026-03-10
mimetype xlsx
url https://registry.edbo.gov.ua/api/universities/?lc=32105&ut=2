--- v0 (2025-11-07)
+++ v1 (2026-03-10)
@@ -365,54 +365,58 @@
           <t>08304</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA32040010010093209</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Бориспіль</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Малика Володимира, 17</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0459572233;</t>
-[...2 lines deleted...]
-      <c r="Q2" s="5"/>
+          <t>+38(045)-957-22-33</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>proflicey_borysp@ukr.net</t>
+        </is>
+      </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Динько Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Бухгалтер"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2853</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">