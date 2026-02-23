--- v0 (2025-11-04)
+++ v1 (2026-02-23)
@@ -384,51 +384,51 @@
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. Незалежності, 52/4</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(04563) 710 09</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>bmetdvnz@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.bmet.org.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Мендак Світлана Дмитрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Білоцерківський фаховий коледж сервісу та дизайну</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>387</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>БФКСД</t>
         </is>
       </c>
@@ -844,56 +844,56 @@
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>СКВИРСЬКЕ шосе , 240</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>(04563) 4-68-50, 634 80 90,</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>med.medcollege@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>bcmc.kiev.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов`язки директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Кваша Катерина Леонтіївна</t>
+          <t>Пилипенко Інна Олександрівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Фаховий коледж економіки та управління Національної академії статистики, обліку та аудиту</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>1027</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>The professional college of economics and management of the National academy of statistics, accounting and audit</t>