--- v0 (2025-10-23)
+++ v1 (2026-03-10)
@@ -464,56 +464,56 @@
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Турчанінова, 33/35</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>04563 406 29</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>vpubc@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://bcvpubs.kyiv.ua/</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Слободяник Олександр Васильович</t>
+          <t>Бендерець Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Білоцерківський професійний ліцей"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>2456</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Білоцерківський професійний ліцей"</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
         <v>1954</v>
       </c>