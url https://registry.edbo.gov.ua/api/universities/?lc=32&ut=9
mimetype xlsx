--- v0 (2025-10-18)
+++ v1 (2026-01-31)
@@ -844,56 +844,56 @@
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>СКВИРСЬКЕ шосе , 240</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>(04563) 4-68-50, 634 80 90,</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>med.medcollege@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>bcmc.kiev.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов`язки директора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Кваша Катерина Леонтіївна</t>
+          <t>Пилипенко Інна Олександрівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Фаховий коледж економіки та управління Національної академії статистики, обліку та аудиту</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>1027</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>67</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t>The professional college of economics and management of the National academy of statistics, accounting and audit</t>
@@ -1645,61 +1645,61 @@
           <t>09230</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA32120130010035405</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Ржищів</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка Тараса, 93</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(044) 732-12-45, (044) 732-11-65, (044) 732-11-34</t>
+          <t>+38(050)-732-12-45</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
           <t>ripfk@ukr.net</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>ript.com.ua ripfk.com.ua</t>
+          <t>ripfk.com.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Перегонцев Андрій Юрійович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Ржищівський фаховий коледж будівництва та економіки</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>3962</v>
       </c>
       <c r="C17" s="6"/>
@@ -2207,51 +2207,51 @@
           <t>07854</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA32080210010080513</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>с-ще Немішаєве</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Технікумівська, 4</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>0457741155</t>
+          <t>+38(804)-477-41-45</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>nat_college@nubip.edu.ua</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>https://nfk.in.ua/</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Альохін Володимир Ілліч</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
@@ -2489,61 +2489,61 @@
           <t>08720</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA32120150010043175</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Українка</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
           <t>вул. Зв'язку, 4</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>097-505-70-36</t>
+          <t>+38(097)-857-71-86</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
           <t>obmu@i.ua</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
-          <t>http://obmedkol.at.ua/</t>
+          <t>https://omk.in.ua</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
           <t>Сябренко Анатолій Вікторович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад Київської обласної ради «Чорнобильський медичний фаховий коледж»</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
         <v>957</v>
       </c>
       <c r="C26" s="6"/>