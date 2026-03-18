--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -384,51 +384,51 @@
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. Незалежності, 52/4</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(04563) 710 09</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>bmetdvnz@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.bmet.org.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Мендак Світлана Дмитрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Білоцерківський фаховий коледж сервісу та дизайну</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>387</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>БФКСД</t>
         </is>
       </c>
@@ -1561,55 +1561,63 @@
           <t>09230</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA32120130010035405</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Ржищів</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 9</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>827321184; 827321466;</t>
-[...3 lines deleted...]
-      <c r="R15" s="5"/>
+          <t>+38(045)-732-11-84</t>
+        </is>
+      </c>
+      <c r="Q15" s="5" t="inlineStr">
+        <is>
+          <t>rgfk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R15" s="5" t="inlineStr">
+        <is>
+          <t>http://www.rgk.edukit.kiev.ua/</t>
+        </is>
+      </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Голова комісії з реорганізації</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Шелудько Людмила Анатоліївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Ржищівський індустріально-педагогічний фаховий коледж</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>728</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
@@ -2207,51 +2215,51 @@
           <t>07854</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA32080210010080513</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>с-ще Немішаєве</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Технікумівська, 4</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+38(804)-477-41-45</t>
+          <t>+38(045)-774-11-55</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
           <t>nat_college@nubip.edu.ua</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
           <t>https://nfk.in.ua/</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Альохін Володимир Ілліч</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>