--- v0 (2025-11-07)
+++ v1 (2026-01-09)
@@ -1801,63 +1801,59 @@
           <t>08601</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA32120030010069648</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Васильків</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>просп. Київський шлях, 39</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>050-239-92-32</t>
+          <t>+38(050)-239-92-32;</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>vasylkiv_licej@ukr.net</t>
         </is>
       </c>
-      <c r="R19" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Постоленко Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>ІРПІНСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
         <v>7117</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
@@ -2143,56 +2139,56 @@
           <t>08400</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA32040110010043320</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Переяслав</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>вул. Можайська, 5</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>0456752040; 0456752812;</t>
+          <t>+38(093)-887-30-71</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>ptu22@us.com.ua</t>
+          <t>ptu_22_phm@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Лопата Микола Петрович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>Переяславський міжшкільний ресурсний центр Переяславської міської ради</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>7223</v>
       </c>
@@ -2486,66 +2482,60 @@
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Славутич</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
           <t>вул. Збройних Сил України, 7/1</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
           <t>+380(45)-934-31-07</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
           <t>office@chnpp.gov.ua</t>
         </is>
       </c>
       <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>В.о.генерального директора</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Сейда Валерій Олександрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Тараканов Сергій Олександрович</t>
+        </is>
+      </c>
+      <c r="U27" s="8"/>
+      <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Фастівський центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>1983</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Фастівський ЦПТО"</t>
         </is>
       </c>
       <c r="E28" s="5"/>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
         <v>1990</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -4285,63 +4275,55 @@
           <t>09001</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
           <t>UA32020150010094707</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Сквира</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
           <t>вул. Незалежності, 141</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(097) 828 55 52</t>
-[...11 lines deleted...]
-      </c>
+          <t>80446851794;</t>
+        </is>
+      </c>
+      <c r="Q48" s="5"/>
+      <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
           <t>Пасічник Олександр Сергійович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>Ставищенський ліцей №1 Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
         <v>6963</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
@@ -4369,63 +4351,55 @@
           <t>09401</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
           <t>UA32020170010055237</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>с-ще Ставище</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
           <t>вул. Цимбала Сергія, 31</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(045)642-29-61</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(068)-804-09-29;</t>
+        </is>
+      </c>
+      <c r="Q49" s="5"/>
+      <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
           <t>Славінська Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
           <t>Київський обласний державний навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
         <v>4108</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
@@ -4543,63 +4517,55 @@
           <t>09501</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA32020190010060417</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Тараща</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
           <t>вул. Білоцерківська, 78</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>063-479-2263</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(063)-479-23-66</t>
+        </is>
+      </c>
+      <c r="Q51" s="5"/>
+      <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
           <t>Степаненко Світлана В`ячеславівна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Тетіївське професійно-технічне училище"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
         <v>1833</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>