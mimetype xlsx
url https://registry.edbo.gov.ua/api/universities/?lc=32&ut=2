--- v1 (2026-01-09)
+++ v2 (2026-03-10)
@@ -548,56 +548,56 @@
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Турчанінова, 33/35</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>04563 406 29</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>vpubc@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>https://bcvpubs.kyiv.ua/</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Слободяник Олександр Васильович</t>
+          <t>Бендерець Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Білоцерківський професійний ліцей"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>2456</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Білоцерківський професійний ліцей"</t>
         </is>
       </c>
       <c r="E5" s="5"/>
       <c r="F5" s="7"/>
       <c r="G5" s="6" t="n">
         <v>1954</v>
       </c>
@@ -1113,54 +1113,58 @@
           <t>08304</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA32040010010093209</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Бориспіль</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Малика Володимира, 17</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>0459572233;</t>
-[...2 lines deleted...]
-      <c r="Q11" s="5"/>
+          <t>+38(045)-957-22-33</t>
+        </is>
+      </c>
+      <c r="Q11" s="5" t="inlineStr">
+        <is>
+          <t>proflicey_borysp@ukr.net</t>
+        </is>
+      </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Динько Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Бухгалтер"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>2853</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
@@ -2242,52 +2246,58 @@
         <is>
           <t>вул. Шевченка, 20</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
           <t>(096)724-23-96</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
           <t>evgloba@gmail.com</t>
         </is>
       </c>
       <c r="R24" s="5"/>
       <c r="S24" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
           <t>Глоба Євгеній Вікторович</t>
         </is>
       </c>
-      <c r="U24" s="8"/>
-      <c r="V24" s="5"/>
+      <c r="U24" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V24" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю фірма "Адмінгран"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
         <v>3910</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
           <t>ТОВ фірма "Адмінгран"</t>
         </is>
       </c>
       <c r="E25" s="5"/>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2318,52 +2328,58 @@
           <t>м. Переяслав</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
           <t>вул. Новокиївське шоссе, 41</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
           <t>+38(050)-611-60-70;</t>
         </is>
       </c>
       <c r="Q25" s="5"/>
       <c r="R25" s="5"/>
       <c r="S25" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
           <t>Ломінов Микола Іванович</t>
         </is>
       </c>
-      <c r="U25" s="8"/>
-      <c r="V25" s="5"/>
+      <c r="U25" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V25" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Ржищівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
         <v>1919</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <t>ДНЗ "Ржищівський професійний ліцей"</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
         <v>1960</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2733,71 +2749,73 @@
           <t>09700</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA32120010010027554</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Богуслав</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Франка, 31</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(04561)5-15-75, (04561)5-23-60</t>
-[...6 lines deleted...]
-      </c>
+          <t>0456152360;</t>
+        </is>
+      </c>
+      <c r="Q30" s="5"/>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
           <t>Кукла Сергій Васильович</t>
         </is>
       </c>
-      <c r="U30" s="8"/>
-      <c r="V30" s="5"/>
+      <c r="U30" s="8" t="n">
+        <v>46090</v>
+      </c>
+      <c r="V30" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Богуславське вище професійне училище сфери послуг"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>1815</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>ДПТНЗ "Богуславське ВПУ сфери послуг"</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>State Professional-Technical Educational Establishment ''Bohuslav Higher Vocational School of Services''</t>
         </is>
       </c>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
         <v>1967</v>
       </c>
@@ -3350,52 +3368,58 @@
           <t>с-ще Згурівка</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
           <t>вул. Центральна, 6</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
           <t>+380457051304;</t>
         </is>
       </c>
       <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор державного навчального закладу "Згурівський професійний ліцей"</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
           <t>Шевченко Василь Васильович</t>
         </is>
       </c>
-      <c r="U37" s="8"/>
-      <c r="V37" s="5"/>
+      <c r="U37" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V37" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад Кагарлицької міської ради "Кагарлицький міжшкільний навчально-виробничий комбінат"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
         <v>7157</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
           <t>КЗ КМР "КАГАРЛИЦЬКИЙ МНВК"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
         <v>1978</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3411,54 +3435,58 @@
           <t>09201</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
           <t>UA32120050010091788</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Кагарлик</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
           <t>вул. 97 Стрілецької дивізії, 8</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>04473-524-94;</t>
-[...2 lines deleted...]
-      <c r="Q38" s="5"/>
+          <t>+38(044)-735-24-94</t>
+        </is>
+      </c>
+      <c r="Q38" s="5" t="inlineStr">
+        <is>
+          <t>kagmnvk@ukr.net</t>
+        </is>
+      </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
           <t>Тесленко Сергій Вікторович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
           <t>ЗАКЛАД ПРОФЕСІЙНОЇ (ПРОФЕСІЙНО-ТЕХНІЧНОЇ) ОСВІТИ «КАТЮЖАНСЬКИЙ ПРОФЕСІЙНИЙ КОЛЕДЖ»</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
         <v>2384</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
@@ -3794,874 +3822,876 @@
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
           <t>Бордюг Юрій Ілліч</t>
         </is>
       </c>
       <c r="U42" s="8" t="n">
         <v>44347</v>
       </c>
       <c r="V42" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Бориспільський навчальний центр №119</t>
+          <t>Миронівський спортивно-технічний клуб товариства сприяння оборонні України</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>6130</v>
+        <v>7038</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>Бориспільський НЦ №119</t>
+          <t>Миронівський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6"/>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>08343</t>
+          <t>08801</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA32040050030074992</t>
+          <t>UA32120090010020161</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
-          <t>с. Мартусівка</t>
+          <t>м. Миронівка</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Бориспільська, 1</t>
+          <t>вул. Соборності, 127</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>+380(45)-956-80-32</t>
-[...3 lines deleted...]
-      <c r="R43" s="5"/>
+          <t>(097)670-25-02</t>
+        </is>
+      </c>
+      <c r="Q43" s="5" t="inlineStr">
+        <is>
+          <t>mirctk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R43" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/avtoshkola/myronivka</t>
+        </is>
+      </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор Миронівського СТК ТСОУ</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Давиденко Олексій Дмитрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Кочерга Петро Миколайович</t>
+        </is>
+      </c>
+      <c r="U43" s="8"/>
+      <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Миронівський спортивно-технічний клуб товариства сприяння оборонні України</t>
+          <t>Державний професійно-технічний навчальний заклад "Рокитнянський професійний ліцей"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>7038</v>
+        <v>2078</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>Миронівський СТК ТСОУ</t>
+          <t>ДПТНЗ "Рокитнянський ПЛ"</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
-      <c r="G44" s="6"/>
+      <c r="G44" s="6" t="n">
+        <v>2005</v>
+      </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J44" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>08801</t>
+          <t>09600</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA32120090010020161</t>
+          <t>UA32020130010021032</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
-          <t>м. Миронівка</t>
+          <t>с-ще Рокитне</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборності, 127</t>
+          <t>вул. Ентузіастів, 4</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(097)670-25-02</t>
+          <t>(04562)6-11-35</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>mirctk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>rokpl1@ukr.net</t>
+        </is>
+      </c>
+      <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Директор Миронівського СТК ТСОУ</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Кочерга Петро Миколайович</t>
+          <t>Пустовіт Володимир Миколайович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Рокитнянський професійний ліцей"</t>
+          <t>РОКИТНЯНСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>2078</v>
+        <v>7112</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Рокитнянський ПЛ"</t>
+          <t>POKИTHЯHCЬKИЙ CTK TCO У</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J45" s="5"/>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>09600</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA32020130010021032</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>с-ще Рокитне</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Ентузіастів, 4</t>
+          <t>вул. Ентузіастів, 43</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(04562)6-11-35</t>
+          <t>(380)984-34-33</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>rokpl1@ukr.net</t>
+          <t>rok.dosaf@ukr.net</t>
         </is>
       </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Пустовіт Володимир Миколайович</t>
+          <t>Пелішенко Вадим Миколайович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>РОКИТНЯНСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Миронівський міжшкільний ресурсний центр Миронівської міської ради Київської області</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>7112</v>
+        <v>3322</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>POKИTHЯHCЬKИЙ CTK TCO У</t>
+          <t>Миронівський МРЦ</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J46" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>09600</t>
+          <t>08835</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA32020130010021032</t>
+          <t>UA32120090310054398</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
-          <t>с-ще Рокитне</t>
+          <t>с. Росава</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Ентузіастів, 43</t>
+          <t>вул. Центральна, 1,Б</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(380)984-34-33</t>
+          <t>+38(045)-744-32-81</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>rok.dosaf@ukr.net</t>
+          <t>m_mnvk@ukr.net</t>
         </is>
       </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор Миронівського МРЦ</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Пелішенко Вадим Миколайович</t>
+          <t>Дорошенко Світлана Василівна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Миронівський міжшкільний ресурсний центр Миронівської міської ради Київської області</t>
+          <t>Державний навчальний заклад "Сквирське вище професійне училище"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>3322</v>
+        <v>1974</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>Миронівський МРЦ</t>
-[...2 lines deleted...]
-      <c r="E47" s="5"/>
+          <t>ДНЗ "СВПУ"</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Establishment «Skvyra higher vocational school»</t>
+        </is>
+      </c>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J47" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>08835</t>
+          <t>09001</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA32120090310054398</t>
+          <t>UA32020150010094707</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>с. Росава</t>
+          <t>м. Сквира</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 3</t>
+          <t>вул. Незалежності, 141</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>(04574) 4-32-81</t>
+          <t>+38(804)-468-51-79</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>m_mnvk@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>skviravpu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Директор Миронівського МНВК</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Дорошенко Світлана Василівна</t>
+          <t>Пасічник Олександр Сергійович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Сквирське вище професійне училище"</t>
+          <t>Ставищенський ліцей №1 Ставищенської селищної ради Білоцерківського району Київської області</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>1974</v>
+        <v>6963</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "СВПУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Cтавищенський ліцей №1</t>
+        </is>
+      </c>
+      <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>1997</v>
+        <v>1948</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>09001</t>
+          <t>09401</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA32020150010094707</t>
+          <t>UA32020170010055237</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Сквира</t>
+          <t>с-ще Ставище</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 141</t>
+          <t>вул. Цимбала Сергія, 31</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>80446851794;</t>
+          <t>+38(068)-804-09-29;</t>
         </is>
       </c>
       <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Пасічник Олександр Сергійович</t>
-[...3 lines deleted...]
-      <c r="V48" s="5"/>
+          <t>Славінська Тетяна Леонідівна</t>
+        </is>
+      </c>
+      <c r="U48" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V48" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Ставищенський ліцей №1 Ставищенської селищної ради Білоцерківського району Київської області</t>
+          <t>Київський обласний державний навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>6963</v>
+        <v>4108</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>Cтавищенський ліцей №1</t>
+          <t>Київський ОДНКК</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>1948</v>
+        <v>1994</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...2 lines deleted...]
-      <c r="J49" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство аграрної політики та продовольства України</t>
+        </is>
+      </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>09401</t>
+          <t>09500</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA32020170010055237</t>
+          <t>UA32020190010060417</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>с-ще Ставище</t>
+          <t>м. Тараща</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Цимбала Сергія, 31</t>
+          <t>вул. Богдана Хмельницького, 75</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>+38(068)-804-09-29;</t>
+          <t>+045(66)-523-85</t>
         </is>
       </c>
       <c r="Q49" s="5"/>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>в.о. директора</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Славінська Тетяна Леонідівна</t>
-[...3 lines deleted...]
-      <c r="V49" s="5"/>
+          <t>Сомов Олександр Анатолійович</t>
+        </is>
+      </c>
+      <c r="U49" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V49" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Київський обласний державний навчально-курсовий комбінат</t>
+          <t>Комунальний заклад Київської обласної ради "Таращанський навчально-реабілітаційний Центр"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>4108</v>
+        <v>2849</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>Київський ОДНКК</t>
+          <t>КЗ КОР "Таращанський НРЦ"</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>1994</v>
+        <v>1961</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Міністерство аграрної політики та продовольства України</t>
+          <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>09500</t>
+          <t>09501</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA32020190010060417</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Тараща</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 75</t>
+          <t>вул. Білоцерківська, 78</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>+045(66)-523-85</t>
+          <t>+38(063)-479-23-66</t>
         </is>
       </c>
       <c r="Q50" s="5"/>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Сомов Олександр Анатолійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Степаненко Світлана В`ячеславівна</t>
+        </is>
+      </c>
+      <c r="U50" s="8"/>
+      <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Київської обласної ради "Таращанський навчально-реабілітаційний Центр"</t>
+          <t>Державний навчальний заклад "Тетіївське професійно-технічне училище"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>2849</v>
+        <v>1833</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>КЗ КОР "Таращанський НРЦ"</t>
-[...2 lines deleted...]
-      <c r="E51" s="5"/>
+          <t>ДНЗ "ТПТУ"</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>The State Educational Establishment "Tetiyiv Vocational School"</t>
+        </is>
+      </c>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1961</v>
+        <v>1989</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Київської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>09501</t>
+          <t>09801</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA32020190010060417</t>
+          <t>UA32020210010016577</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>м. Тараща</t>
+          <t>м. Тетіїв</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Білоцерківська, 78</t>
+          <t>вул. Соборна, 100</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+38(063)-479-23-66</t>
-[...2 lines deleted...]
-      <c r="Q51" s="5"/>
+          <t>(044) 605 22 45</t>
+        </is>
+      </c>
+      <c r="Q51" s="5" t="inlineStr">
+        <is>
+          <t>ptu8@ukr.net</t>
+        </is>
+      </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Степаненко Світлана В`ячеславівна</t>
+          <t>Сузанська Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Тетіївське професійно-технічне училище"</t>
+          <t>ТЕТІЇВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>1833</v>
+        <v>7444</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ТПТУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТЕТІЇВСЬКИЙ СТК ТСО УКРАЇНИ</t>
+        </is>
+      </c>
+      <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J52" s="5"/>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>09801</t>
+          <t>09802</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA32020210010016577</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Тетіїв</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 100</t>
+          <t>вул. Центральна, 47</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(044) 605 22 45</t>
+          <t>(063)594-58-44</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>ptu8@ukr.net</t>
+          <t>CTK_tetiev@ukr.net</t>
         </is>
       </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Сузанська Наталія Вікторівна</t>
+          <t>Дробот Юрій Іванович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>Державне підприємство"Спеціалізований центр підготовки кадрів"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
         <v>3245</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t>ДП "СЦПК"</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
         <v>2000</v>
       </c>