--- v0 (2025-10-23)
+++ v1 (2026-02-11)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$18</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V17"/>
+  <dimension ref="A1:V18"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -306,1485 +306,1577 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківська філія Приватного вищого навчального закладу "Київський інститут бізнесу та технологій" товариство з обмеженою відповідальністю</t>
+          <t>Комунальний заклад вищої освіти Київської обласної ради "Академія мистецтв імені Павла Чубинського"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>1424</v>
-[...3 lines deleted...]
-      </c>
+        <v>1373</v>
+      </c>
+      <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗВО КОР "Академія мистецтв імені Павла Чубинського"</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>Kiev Institute of Business and Technologies</t>
+          <t>Communal Higher Educational Establishment of Kyiv Regional Council "Academy of Arts"</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>2003</v>
+        <v>1930</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J2" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J2" s="5" t="inlineStr">
+        <is>
+          <t>Обласна державна адміністрація</t>
+        </is>
+      </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>09100</t>
+          <t>08073</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
-          <t>UA32020010010081183</t>
+          <t>UA32140010140022825</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
-          <t>м. Біла Церква</t>
+          <t>с. Яблунівка</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Логінова, 39/2</t>
+          <t>вул. Миру, 2</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(0456) 33-31-08, 35-12-77</t>
+          <t>+38(044)-280-76-92</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>info_bc@kibit.edu.ua</t>
-[...2 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>academy@chubynsky.best</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>www.chubynsky.best</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T2" s="5"/>
+          <t>Ректор</t>
+        </is>
+      </c>
+      <c r="T2" s="5" t="inlineStr">
+        <is>
+          <t>Романчишин Василь Григорович</t>
+        </is>
+      </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківський інститут неперервної професійної освіти</t>
+          <t>Білоцерківська філія Приватного вищого навчального закладу "Київський інститут бізнесу та технологій" товариство з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
-        <v>290</v>
+        <v>1424</v>
       </c>
       <c r="C3" s="6" t="n">
-        <v>1395</v>
+        <v>289</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>БІНПО</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Bila Tserkva institute of continuous professional education</t>
+          <t>Kiev Institute of Business and Technologies</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
-        <v>1979</v>
+        <v>2003</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J3" s="5"/>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>09108</t>
+          <t>09100</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>вул. Леваневського, 52/4</t>
+          <t>вул. Логінова, 39/2</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>+045(63)-7-16-07</t>
+          <t>(0456) 33-31-08, 35-12-77</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
-          <t>dipodist@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>info_bc@kibit.edu.ua</t>
+        </is>
+      </c>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T3" s="5"/>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківський національний аграрний університет</t>
+          <t>Білоцерківський інститут неперервної професійної освіти</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
-        <v>362</v>
-[...1 lines deleted...]
-      <c r="C4" s="6"/>
+        <v>290</v>
+      </c>
+      <c r="C4" s="6" t="n">
+        <v>1395</v>
+      </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
-          <t>БНАУ</t>
+          <t>БІНПО</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
-          <t>Bila Tserkva National Agrarian University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bila Tserkva institute of continuous professional education</t>
+        </is>
+      </c>
+      <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">
-        <v>1920</v>
+        <v>1979</v>
       </c>
       <c r="H4" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I4" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J4" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Національна академія педагогічних наук України</t>
         </is>
       </c>
       <c r="K4" s="7" t="inlineStr">
         <is>
-          <t>09100</t>
+          <t>09108</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
-          <t>пл. Соборна, 8/1</t>
+          <t>вул. Леваневського, 52/4</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>(04563) 5-12-88</t>
+          <t>+045(63)-7-16-07</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>rector_bnau@btsau.edu.ua</t>
+          <t>dipodist@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>http://btsau.edu.ua</t>
+          <t>binpo.com.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Шуст Олена Анатоліївна</t>
+          <t>Сидоренко Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківський технічний коледж Товариства сприяння обороні України</t>
+          <t>Білоцерківський національний аграрний університет</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
-        <v>1394</v>
+        <v>362</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківський технічний коледж ТСОУ</t>
-[...3 lines deleted...]
-      <c r="F5" s="7"/>
+          <t>БНАУ</t>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t>Bila Tserkva National Agrarian University</t>
+        </is>
+      </c>
+      <c r="F5" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G5" s="6" t="n">
-        <v>2004</v>
+        <v>1920</v>
       </c>
       <c r="H5" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I5" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J5" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K5" s="7" t="inlineStr">
         <is>
           <t>09100</t>
         </is>
       </c>
       <c r="L5" s="7" t="inlineStr">
         <is>
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M5" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N5" s="5" t="inlineStr">
         <is>
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
-          <t>вул. Матросова, 50</t>
+          <t>пл. Соборна, 8/1</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
-          <t>(0456) 34-79-37</t>
+          <t>(04563) 5-12-88</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
-          <t>btktso@gmail.com</t>
+          <t>rector_bnau@btsau.edu.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
-          <t>sites.google.com/site/btktso</t>
+          <t>http://btsau.edu.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Кучерук Олександр Федорович</t>
+          <t>Шуст Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківський центр дистанційно-заочного навчання Вищого навчального закладу "Східноєвропейський університет економіки і менеджменту" (у формі Товариства з обмеженою відповідальністю)</t>
+          <t>Білоцерківський технічний коледж Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>1594</v>
-[...3 lines deleted...]
-      </c>
+        <v>1394</v>
+      </c>
+      <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Білоцерківський технічний коледж ТСОУ</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
-          <t>09113</t>
+          <t>09100</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>вул. Сквирське шосе, 260А</t>
+          <t>вул. Матросова, 50</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>(04563) 40024</t>
+          <t>(0456) 34-79-37</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>cdzn_bolic@cim.uch.net</t>
+          <t>btktso@gmail.com</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
-          <t>www.suem.edu.ua</t>
+          <t>sites.google.com/site/btktso</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T6" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T6" s="5" t="inlineStr">
+        <is>
+          <t>Кучерук Олександр Федорович</t>
+        </is>
+      </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Білоцерківський навчально-виробничий центр Державного університету інтелектуальних технологій і зв'язку"</t>
+          <t>Білоцерківський центр дистанційно-заочного навчання Вищого навчального закладу "Східноєвропейський університет економіки і менеджменту" (у формі Товариства з обмеженою відповідальністю)</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>6373</v>
+        <v>1594</v>
       </c>
       <c r="C7" s="6" t="n">
-        <v>5780</v>
+        <v>255</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ВСП "БЦНВР ДУІТЗ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E7" s="5"/>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2020</v>
+        <v>2003</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J7" s="5"/>
       <c r="K7" s="7" t="inlineStr">
         <is>
           <t>09113</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>вул. Січневого прориву, 84</t>
+          <t>вул. Сквирське шосе, 260А</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+380(45)-634-75-21</t>
-[...3 lines deleted...]
-      <c r="R7" s="5"/>
+          <t>(04563) 40024</t>
+        </is>
+      </c>
+      <c r="Q7" s="5" t="inlineStr">
+        <is>
+          <t>cdzn_bolic@cim.uch.net</t>
+        </is>
+      </c>
+      <c r="R7" s="5" t="inlineStr">
+        <is>
+          <t>www.suem.edu.ua</t>
+        </is>
+      </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>Керівник відокремленого підрозділу</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T7" s="5"/>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Білоцерківський інститут економіки та управління</t>
+          <t>Відокремлений структурний підрозділ "Білоцерківський навчально-виробничий центр Державного університету інтелектуальних технологій і зв'язку"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>260</v>
+        <v>6373</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>217</v>
+        <v>5780</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>Білоцерківський інститут економіки та управління Університету "Україна"</t>
+          <t>ВСП "БЦНВР ДУІТЗ"</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Bila Tserkva Institute of Economics and Management</t>
+          <t>Separate Structural Subdivision "Bilotserkivskyi Educational and Manufacturing Centre of the State University of INTELLECTUAL Technologies and Communications"</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1999</v>
+        <v>2020</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J8" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>09100</t>
+          <t>09113</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>пров. 2-й Героїв Крут, 42</t>
+          <t>вул. Січневого прориву, 84</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(04563)86680</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380(45)-634-75-21</t>
+        </is>
+      </c>
+      <c r="Q8" s="5"/>
+      <c r="R8" s="5"/>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник відокремленого підрозділу</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Новак Ярослав Віталійович</t>
+          <t>Кобишук Олег Андрійович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Коледж "Інтелект" Приватного вищого навчального закладу "Бориспільський інститут муніципального менеджменту при Міжрегіональної академії управління персоналом"</t>
+          <t>Відокремлений структурний підрозділ закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна" Білоцерківський інститут економіки та управління</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>1494</v>
+        <v>260</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>1069</v>
+        <v>217</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>коледж-інтелект БІММ МАУП</t>
+          <t>Білоцерківський інститут економіки та управління Університету "Україна"</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>College "Intelligence" Private higher educational institution " Boryspil Institute of Municipal Management at the Interregional Academy of Personnel Management "</t>
+          <t>Separate Structural Subdivision of Higher Education Institution "Open International University of Human Development "Ukraine" Bila Tserkva Institute of Economics and Management</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2009</v>
+        <v>1999</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J9" s="5"/>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>08300</t>
+          <t>09100</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA32040010010093209</t>
+          <t>UA32020010010081183</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
-          <t>м. Бориспіль</t>
+          <t>м. Біла Церква</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Завокзальна, 27</t>
+          <t>пров. 2-й Героїв Крут, 42</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(04595) 7-22-02</t>
+          <t>(04563)86680</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>www.bimmmaup@ukr.net</t>
+          <t>bc_uu@ukr.net</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>www.bimmmaup.jimbo.com.ua</t>
+          <t>www.bc-uu.com.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T9" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T9" s="5" t="inlineStr">
+        <is>
+          <t>Новак Ярослав Віталійович</t>
+        </is>
+      </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Бориспільський інститут муніципального менеджменту при Міжрегіональній Академії управління персоналом"</t>
+          <t>Коледж "Інтелект" Приватного вищого навчального закладу "Бориспільський інститут муніципального менеджменту при Міжрегіональної академії управління персоналом"</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
+        <v>1494</v>
+      </c>
+      <c r="C10" s="6" t="n">
         <v>1069</v>
       </c>
-      <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "БІММ при МАУП"</t>
+          <t>коледж-інтелект БІММ МАУП</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Private higher education institution " The Boryspil institute of municipal management patronage by Inter-regional Academy of personnel management "</t>
+          <t>College "Intelligence" Private higher educational institution " Boryspil Institute of Municipal Management at the Interregional Academy of Personnel Management "</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2000</v>
+        <v>2009</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J10" s="5"/>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>08304</t>
+          <t>08300</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
           <t>UA32040010010093209</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Бориспіль</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
           <t>вул. Завокзальна, 27</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(04595) 7-22-02, 7-22-51, 7-20-41, 7-11-10</t>
+          <t>(04595) 7-22-02</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>bimmmaup@ukr.net</t>
+          <t>www.bimmmaup@ukr.net</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>www.bimmmaup.jimdo.com</t>
+          <t>www.bimmmaup.jimbo.com.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
-[...6 lines deleted...]
-      </c>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T10" s="5"/>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Коледж Приватного вищого навчального закладу "Економіко-технологічний університет"</t>
+          <t>Приватний вищий навчальний заклад "Бориспільський інститут муніципального менеджменту при Міжрегіональній Академії управління персоналом"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>1623</v>
-[...3 lines deleted...]
-      </c>
+        <v>1069</v>
+      </c>
+      <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>Коледж ЕТУ</t>
+          <t>ПВНЗ "БІММ при МАУП"</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Kollege The Higher education Institution " University of Economics and Technology"</t>
+          <t>Private higher education institution " The Boryspil institute of municipal management patronage by Inter-regional Academy of personnel management "</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J11" s="5"/>
       <c r="K11" s="7" t="inlineStr">
         <is>
-          <t>07400</t>
+          <t>08304</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
-          <t>UA32060050010081797</t>
+          <t>UA32040010010093209</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
-          <t>м. Бровари</t>
+          <t>м. Бориспіль</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>вул. Щолківська, 2</t>
+          <t>вул. Завокзальна, 27</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>04594 660 18</t>
+          <t>(04595) 7-22-02, 7-22-51, 7-20-41, 7-11-10</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>etu_brov@ukr.net</t>
+          <t>bimmmaup@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>www.etu.edu.ua</t>
+          <t>www.bimmmaup.jimdo.com</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Директор Коледжу</t>
-[...10 lines deleted...]
-      </c>
+          <t>ректор</t>
+        </is>
+      </c>
+      <c r="T11" s="5" t="inlineStr">
+        <is>
+          <t>Гуляницький Валерій Васильович</t>
+        </is>
+      </c>
+      <c r="U11" s="8"/>
+      <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Український гуманітарний інститут"</t>
+          <t>Коледж Приватного вищого навчального закладу "Економіко-технологічний університет"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="C12" s="6"/>
+        <v>1623</v>
+      </c>
+      <c r="C12" s="6" t="n">
+        <v>360</v>
+      </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "УГІ"</t>
+          <t>Коледж ЕТУ</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Ukrainian Institute of Arts and Sciences</t>
+          <t>Kollege The Higher education Institution " University of Economics and Technology"</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1999</v>
+        <v>2002</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>08292</t>
+          <t>07400</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
-          <t>UA32080070010087821</t>
+          <t>UA32060050010081797</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
-          <t>м. Буча</t>
+          <t>м. Бровари</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Інститутська, 14</t>
+          <t>вул. Щолківська, 2</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>+38 (097) 818 13 37</t>
+          <t>04594 660 18</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>vstup@ugi.edu.ua</t>
+          <t>etu_brov@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
-          <t>www.ugi.edu.ua</t>
+          <t>www.etu.edu.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
-[...8 lines deleted...]
-      <c r="V12" s="5"/>
+          <t>Директор Коледжу</t>
+        </is>
+      </c>
+      <c r="T12" s="5"/>
+      <c r="U12" s="8" t="n">
+        <v>43019</v>
+      </c>
+      <c r="V12" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Державний податковий університет</t>
+          <t>Приватний вищий навчальний заклад "Український гуманітарний інститут"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6540</v>
+        <v>868</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ДПУ</t>
+          <t>ПВНЗ "УГІ"</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>State Tax University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ukrainian Institute of Arts and Sciences</t>
+        </is>
+      </c>
+      <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1921</v>
+        <v>1999</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J13" s="5"/>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>08201</t>
+          <t>08292</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA32080150010049888</t>
+          <t>UA32080070010087821</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
-          <t>м. Ірпінь</t>
+          <t>м. Буча</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Університетська, 31</t>
+          <t>вул. Інститутська, 14</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+38(04597) 60-294</t>
+          <t>+38 (097) 818 13 37</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>11.02@dpu.edu.ua</t>
+          <t>vstup@ugi.edu.ua</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>dpu.edu.ua</t>
+          <t>www.ugi.edu.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Серебрянський Дмитро Миколайович</t>
+          <t>Штанько Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Університет Григорія Сковороди в Переяславі</t>
+          <t>Державний податковий університет</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>340</v>
+        <v>6540</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>УГСП</t>
+          <t>ДПУ</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Hryhorii Skovoroda University in Pereiaslav</t>
+          <t>State Tax University</t>
         </is>
       </c>
       <c r="F14" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G14" s="6" t="n">
-        <v>1986</v>
+        <v>1921</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство фінансів України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>08401</t>
+          <t>08201</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
-          <t>UA32040110010043320</t>
+          <t>UA32080150010049888</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
-          <t>м. Переяслав</t>
+          <t>м. Ірпінь</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Сухомлинського, 30</t>
+          <t>вул. Університетська, 31</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-293-11-22</t>
+          <t>+38(04597) 60-294</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>uhsp.edu@gmail.com</t>
+          <t>11.02@dpu.edu.ua</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>ushp.edu.ua</t>
+          <t>dpu.edu.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Коцур Віталій Вікторович</t>
+          <t>Серебрянський Дмитро Миколайович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад Товариства сприяння обороні України "Фастівський автомобільно-дорожній технікум"</t>
+          <t>Університет Григорія Сковороди в Переяславі</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>1077</v>
+        <v>340</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ ТСО "ФАДТ"</t>
+          <t>УГСП</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational esteblishment Association agency of Ukrainian defense "Fastiv Automobile and Roab Technical College"</t>
-[...2 lines deleted...]
-      <c r="F15" s="7"/>
+          <t>Hryhorii Skovoroda University in Pereiaslav</t>
+        </is>
+      </c>
+      <c r="F15" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G15" s="6" t="n">
-        <v>2004</v>
+        <v>1986</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>08500</t>
+          <t>08401</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
-          <t>UA32140150010091295</t>
+          <t>UA32040110010043320</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
-          <t>м. Фастів</t>
+          <t>м. Переяслав</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Суворова, 5</t>
+          <t>вул. Сухомлинського, 30</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(0456) 551271, (0456) 562627, (0456) 551268</t>
+          <t>+38(044)-293-11-22</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>tehnfast@mail.ru</t>
+          <t>uhsp.edu@gmail.com</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>fast.org.ua</t>
+          <t>ushp.edu.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Кривчун Анатолій Павлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Коцур Віталій Вікторович</t>
+        </is>
+      </c>
+      <c r="U15" s="8"/>
+      <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>РЕЛІГІЙНА ОРГАНІЗАЦІЯ КИЇВСЬКА ТРЬОХСВЯТИТЕЛЬСЬКА ДУХОВНА СЕМІНАРІЯ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ</t>
+          <t>Приватний вищий навчальний заклад Товариства сприяння обороні України "Фастівський автомобільно-дорожній технікум"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>6743</v>
+        <v>1077</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E16" s="5"/>
+          <t>ПВНЗ ТСО "ФАДТ"</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>Private higher educational esteblishment Association agency of Ukrainian defense "Fastiv Automobile and Roab Technical College"</t>
+        </is>
+      </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>2010</v>
+        <v>2004</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>07455</t>
+          <t>08500</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA32060050020067179</t>
+          <t>UA32140150010091295</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
-          <t>с. Княжичі</t>
+          <t>м. Фастів</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>пров. Любомира Гузара, 20</t>
+          <t>вул. Суворова, 5</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(067)464-12-63</t>
+          <t>(0456) 551271, (0456) 562627, (0456) 551268</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>kyivseminary@gmail.com</t>
+          <t>tehnfast@mail.ru</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>https://ktds.edu.ua/</t>
+          <t>fast.org.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Островський Роман Ярославович</t>
-[...3 lines deleted...]
-      <c r="V16" s="5"/>
+          <t>Кривчун Анатолій Павлович</t>
+        </is>
+      </c>
+      <c r="U16" s="8" t="n">
+        <v>46048</v>
+      </c>
+      <c r="V16" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Яготинський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
+          <t>РЕЛІГІЙНА ОРГАНІЗАЦІЯ КИЇВСЬКА ТРЬОХСВЯТИТЕЛЬСЬКА ДУХОВНА СЕМІНАРІЯ УКРАЇНСЬКОЇ ГРЕКО-КАТОЛИЦЬКОЇ ЦЕРКВИ</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>1187</v>
-[...3 lines deleted...]
-      </c>
+        <v>6743</v>
+      </c>
+      <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>ЯІ ПрАТ «ВНЗ «МАУП»</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>2000</v>
+        <v>2010</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J17" s="5"/>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>07700</t>
+          <t>07455</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA32040210010094429</t>
+          <t>UA32060050020067179</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Київська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
-          <t>м. Яготин</t>
+          <t>с. Княжичі</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Поштова, 61</t>
+          <t>пров. Любомира Гузара, 20</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(045) 755 26 16</t>
+          <t>(067)464-12-63</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>yahotynmaup@gmail.com</t>
+          <t>kyivseminary@gmail.com</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>https://yahotyn.maup.com.ua</t>
+          <t>https://ktds.edu.ua/</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Чорноштан Тамара Миколаївна</t>
+          <t>Островський Роман Ярославович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="inlineStr">
+        <is>
+          <t>Яготинський інститут Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
+        </is>
+      </c>
+      <c r="B18" s="6" t="n">
+        <v>1187</v>
+      </c>
+      <c r="C18" s="6" t="n">
+        <v>249</v>
+      </c>
+      <c r="D18" s="5" t="inlineStr">
+        <is>
+          <t>ЯІ ПрАТ «ВНЗ «МАУП»</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>The Yahotyn Institute of the Private Joint Stock Company "Higher education institution "The Interregional Academy of Personnel Management "</t>
+        </is>
+      </c>
+      <c r="F18" s="7"/>
+      <c r="G18" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H18" s="5" t="inlineStr">
+        <is>
+          <t>Заклад вищої освіти</t>
+        </is>
+      </c>
+      <c r="I18" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J18" s="5"/>
+      <c r="K18" s="7" t="inlineStr">
+        <is>
+          <t>07700</t>
+        </is>
+      </c>
+      <c r="L18" s="7" t="inlineStr">
+        <is>
+          <t>UA32040210010094429</t>
+        </is>
+      </c>
+      <c r="M18" s="5" t="inlineStr">
+        <is>
+          <t>Київська обл.</t>
+        </is>
+      </c>
+      <c r="N18" s="5" t="inlineStr">
+        <is>
+          <t>м. Яготин</t>
+        </is>
+      </c>
+      <c r="O18" s="5" t="inlineStr">
+        <is>
+          <t>вул. Поштова, 61</t>
+        </is>
+      </c>
+      <c r="P18" s="5" t="inlineStr">
+        <is>
+          <t>(045) 755 26 16</t>
+        </is>
+      </c>
+      <c r="Q18" s="5" t="inlineStr">
+        <is>
+          <t>yahotynmaup@gmail.com</t>
+        </is>
+      </c>
+      <c r="R18" s="5" t="inlineStr">
+        <is>
+          <t>https://yahotyn.maup.com.ua</t>
+        </is>
+      </c>
+      <c r="S18" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T18" s="5" t="inlineStr">
+        <is>
+          <t>Чорноштан Тамара Миколаївна</t>
+        </is>
+      </c>
+      <c r="U18" s="8"/>
+      <c r="V18" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V17"/>
+  <autoFilter ref="A1:V18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>