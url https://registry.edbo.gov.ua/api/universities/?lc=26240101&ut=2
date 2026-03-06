--- v0 (2025-12-20)
+++ v1 (2026-03-06)
@@ -529,54 +529,58 @@
           <t>78400</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Надвірна</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Грушевського, 13</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>03475 225 24</t>
-[...2 lines deleted...]
-      <c r="Q4" s="5"/>
+          <t>+38(034)-752-25-24</t>
+        </is>
+      </c>
+      <c r="Q4" s="5" t="inlineStr">
+        <is>
+          <t>Andrii.Maksymiak@Ukrnafta.com</t>
+        </is>
+      </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>www.ukrnafta.com</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>В.о. начальника НГВУ "Надвірнанафтогаз"</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Владига Володимир Миколайович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>