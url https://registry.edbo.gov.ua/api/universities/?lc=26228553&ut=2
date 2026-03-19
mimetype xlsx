--- v0 (2025-12-20)
+++ v1 (2026-03-19)
@@ -340,88 +340,92 @@
           <t>ДНЗ "Войнилівський ПЛ"</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>1950</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
-          <t>77312</t>
+          <t>77316</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA26060110010011082</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с-ще Войнилів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. 50-річчя УПА, 5</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+380347296366; +380347296665;</t>
-[...2 lines deleted...]
-      <c r="Q2" s="5"/>
+          <t>+38(034)-729-63-66</t>
+        </is>
+      </c>
+      <c r="Q2" s="5" t="inlineStr">
+        <is>
+          <t>vpl1963@ukr.net</t>
+        </is>
+      </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Стадник Микола Михайлович</t>
+          <t>Юрків Василь Степанович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>