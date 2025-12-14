--- v0 (2025-10-15)
+++ v1 (2025-12-14)
@@ -396,67 +396,67 @@
         <is>
           <t>iupr@live.krok.edu.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.iupr.krok.edu.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Грицан Марія Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
-          <t>Коломийський навчально-науковий інститут Прикарпатського національного університету імені Василя Стефаника</t>
+          <t>Коломийський навчально-науковий інститут Карпатського національного університету імені Василя Стефаника</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2738</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>341</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
-          <t>КННІ</t>
+          <t>КННІ КНУВС</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
-          <t>Kolomyia Educational and Research Institute of Vasyl Stefanyk Precarpathian National University</t>
+          <t>Kolomyia Educational and Research Institute of Vasyl Stefanyk Carpathian National University</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1999</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>78200</t>
         </is>