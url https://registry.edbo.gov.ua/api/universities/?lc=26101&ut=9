--- v0 (2025-11-02)
+++ v1 (2026-01-22)
@@ -841,51 +841,51 @@
           <t>76006</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Вовчинецька, 223</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+38-0342-78-30-46</t>
+          <t>+38(034)-278-30-46</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>ifkep@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>https://kep.nung.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Береговський Василь Васильович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>