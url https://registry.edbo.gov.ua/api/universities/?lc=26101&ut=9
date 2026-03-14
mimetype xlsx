--- v1 (2026-01-22)
+++ v2 (2026-03-14)
@@ -465,51 +465,51 @@
           <t>76019</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Карпатська, 15</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>0662276699</t>
+          <t>+38(095)-392-59-95</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>dgkk@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>https://dgkkdonnaba.wixsite.com/dgkk</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Точонова-Мандрикова Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>