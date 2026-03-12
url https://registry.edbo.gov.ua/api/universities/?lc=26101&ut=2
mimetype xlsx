--- v0 (2026-01-26)
+++ v1 (2026-03-12)
@@ -922,58 +922,52 @@
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>0961363877</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>pbl5if@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>ifpbl.if.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Гузар Ольга Іванівна</t>
         </is>
       </c>
-      <c r="U8" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U8" s="8"/>
+      <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський професійний політехнічний ліцей</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>1660</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ІФ ППЛ</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>1985</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>