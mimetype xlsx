--- v0 (2025-10-16)
+++ v1 (2025-12-08)
@@ -936,56 +936,56 @@
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 57</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>(0342) 75 23 51</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>office@pnu.edu.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>https://pnu.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Цепенда Ігор Євгенович</t>
+          <t>Якубів Валентина Михайлівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Коледж бізнесу та інформатики приватного вищого навчального закладу "Галицька академія"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>1448</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>336</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>College of business and informatics of Private higher educational establishment "Galytska Academy”</t>