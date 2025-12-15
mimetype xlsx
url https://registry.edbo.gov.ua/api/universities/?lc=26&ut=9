--- v0 (2025-10-26)
+++ v1 (2025-12-15)
@@ -841,61 +841,61 @@
           <t>76006</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
           <t>UA26040190010045761</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Вовчинецька, 223</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+38-0342-78-30-46</t>
+          <t>+38(034)-278-30-46</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>ifkep@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>https://kep.nung.edu.ua</t>
+          <t>https://kep.if.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Береговський Василь Васильович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський фаховий коледж Київського університету інтелектуальної власності та права</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>6766</v>
       </c>
       <c r="C8" s="6" t="n">