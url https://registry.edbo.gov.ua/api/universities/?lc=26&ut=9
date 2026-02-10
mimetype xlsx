--- v1 (2025-12-15)
+++ v2 (2026-02-10)
@@ -851,51 +851,51 @@
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Вовчинецька, 223</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>+38(034)-278-30-46</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>ifkep@ukr.net</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
-          <t>https://kep.if.ua</t>
+          <t>https://kep.nung.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Береговський Василь Васильович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський фаховий коледж Київського університету інтелектуальної власності та права</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>6766</v>
       </c>
       <c r="C8" s="6" t="n">