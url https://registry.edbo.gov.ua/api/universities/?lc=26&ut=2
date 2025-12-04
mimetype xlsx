--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -392,52 +392,58 @@
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(032)258-05-10, (032)258-03-93</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vpu13@i.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://vpu13.if.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В. о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Данилюк Мирослав Петрович</t>
         </is>
       </c>
-      <c r="U2" s="8"/>
-      <c r="V2" s="5"/>
+      <c r="U2" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V2" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище №21 м. Івано-Франківська</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2462</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВПУ №21 м. Івано-Франківська</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Higher Vocational School №21 m.Ivano-Frankivsk</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1987</v>
       </c>
@@ -573,51 +579,51 @@
           <t>вул. Джохара Дудаєва, 35</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
           <t>(0342) 53-44-26, факс (0342) 53-15-36</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
           <t>vxpu_3@ukr.net</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
           <t>vxpu-3.if.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
-          <t>Коростіль Наталія Жоржівна</t>
+          <t>Юхим`юк Наталія Жоржівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Івано-Франківське вище професійне училище сервісного обслуговування техніки"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1989</v>
       </c>
       <c r="C5" s="6"/>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Івано-Франківське вище професійне училище сервісного обслуговування техніки"</t>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t>"State Vocational and Technical Educational Institution "Ivano-Frankivsk Higher Vocational School of Equipment Service"</t>
         </is>
       </c>
@@ -668,52 +674,58 @@
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>(0342)75-71-24, (0342)50-65-40</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>vpusot@gmail.com</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>www.vpusot.if.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Дуткевич Роман Федорович</t>
         </is>
       </c>
-      <c r="U5" s="8"/>
-      <c r="V5" s="5"/>
+      <c r="U5" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V5" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський міський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>7144</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ІВАНО-ФРАНКІВСЬКИЙ МІСЬКИЙ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6"/>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
@@ -922,52 +934,58 @@
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>0961363877</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>pbl5if@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>ifpbl.if.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Гузар Ольга Іванівна</t>
         </is>
       </c>
-      <c r="U8" s="8"/>
-      <c r="V8" s="5"/>
+      <c r="U8" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V8" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський професійний політехнічний ліцей</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>1660</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ІФ ППЛ</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>1985</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -4566,51 +4584,51 @@
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>с-ще Отинія</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
           <t>вул. Січових Стрільців, 10</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
           <t>+380343362380; +380343362163;</t>
         </is>
       </c>
       <c r="Q51" s="5"/>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
           <t>Іванків Петро Степанович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
           <t>Перегінський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
         <v>3006</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
           <t>Перегінський МНВК</t>
         </is>
       </c>
@@ -4739,61 +4757,55 @@
           <t>вул. Січових Стрільців, 26</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
           <t>(068)201-00-85</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
           <t>premium_avto@ukr.net</t>
         </is>
       </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
           <t>http://premium-auto-school.if.ua/</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Ковальчук Омелян Семенович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Абрам Надія Сергіївна</t>
+        </is>
+      </c>
+      <c r="U53" s="8"/>
+      <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
           <t>Рожнятівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
         <v>7154</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t>Рожнятівський районний спортивно-технічний клуб ТСОУ</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
         <v>1978</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -4828,58 +4840,52 @@
         <is>
           <t>вул. Набережна, 6</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
           <t>(050)373-93-92</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
           <t>tso.rozhnyativ@gmail.com</t>
         </is>
       </c>
       <c r="R54" s="5"/>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
           <t>Мокрій Людмила Андріївна</t>
         </is>
       </c>
-      <c r="U54" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U54" s="8"/>
+      <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад Яблунівський міжшкільний навчально-виробничий комбінат Яблунівської селищної ради Косівського району Івано-Франківської області</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
         <v>7181</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t>Яблунівський МНВК</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
         <v>2002</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>