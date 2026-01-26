--- v1 (2025-12-04)
+++ v2 (2026-01-26)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$55</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$56</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V55"/>
+  <dimension ref="A1:V56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -392,58 +392,52 @@
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(032)258-05-10, (032)258-03-93</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>vpu13@i.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://vpu13.if.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В. о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Данилюк Мирослав Петрович</t>
         </is>
       </c>
-      <c r="U2" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U2" s="8"/>
+      <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Вище професійне училище №21 м. Івано-Франківська</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2462</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВПУ №21 м. Івано-Франківська</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Higher Vocational School №21 m.Ivano-Frankivsk</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1987</v>
       </c>
@@ -674,58 +668,52 @@
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>(0342)75-71-24, (0342)50-65-40</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>vpusot@gmail.com</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>www.vpusot.if.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Дуткевич Роман Федорович</t>
         </is>
       </c>
-      <c r="U5" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U5" s="8"/>
+      <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський міський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>7144</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ІВАНО-ФРАНКІВСЬКИЙ МІСЬКИЙ СТК ТСОУ</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6"/>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
@@ -1543,51 +1531,51 @@
           <t>вул. Індустріальна, 34</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
           <t>(0342) 59 43 39</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>volodymyr.kushniryk@oe.if.ua</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
           <t>https://oe.if.ua/</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Голова Правління</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Бубен Олександр Олександрович</t>
+          <t>Костюк Василь Васильович</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>ПРИВАТНЕ ПІДПРИЄМСТВО "АВТОБАН"</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>6886</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>ПП "АВТОБАН"</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
         <v>1998</v>
       </c>
@@ -2970,2009 +2958,2085 @@
           <t>(067)342-16-83</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
           <t>autotsou@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Захарук Олег Мирославович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Івано-Франківський професійний ліцей автомобільного транспорту і будівництва"</t>
+          <t>Коломийський міський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>2000</v>
+        <v>7099</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Івано-Франківський професійний ліцей автомобільного транспорту і будівництва"</t>
-[...6 lines deleted...]
-      </c>
+          <t>СТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1977</v>
+        <v>1993</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>76492</t>
+          <t>78200</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA26040190100084300</t>
+          <t>UA26080070010075786</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
-          <t>с. Микитинці</t>
+          <t>м. Коломия</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Юності, 7</t>
+          <t>вул. СИМОНА ПЕТЛЮРИ, 85</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>0963014495</t>
+          <t>(067)664-69-90</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>ptu152008@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>stktsou18@ukr.net</t>
+        </is>
+      </c>
+      <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Семчук Дмитро Степанович</t>
+          <t>Фесюк Василь Миколайович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Яремчанський міжшкільний навчально-виробничий комбінат Яремчанської міської ради Івано-Франківської області</t>
+          <t>Державний професійно-технічний навчальний заклад "Івано-Франківський професійний ліцей автомобільного транспорту і будівництва"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>3118</v>
+        <v>2000</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>МНВК</t>
-[...2 lines deleted...]
-      <c r="E34" s="5"/>
+          <t>ДПТНЗ "Івано-Франківський професійний ліцей автомобільного транспорту і будівництва"</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>( 02000 ) State vocational education institution "Ivano -Frankivsk professional college road transport and construction"</t>
+        </is>
+      </c>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>1977</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>78590</t>
+          <t>76492</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA26120150020086268</t>
+          <t>UA26040190100084300</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
-          <t>с. Микуличин</t>
+          <t>с. Микитинці</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 7</t>
+          <t>вул. Юності, 7</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(03434)39-578</t>
+          <t>0963014495</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>mnvk_yaremche@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>ptu152008@ukr.net</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>https://ifplatib.mozellosite.com/</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Стефурак Роман Михайлович</t>
+          <t>Семчук Дмитро Степанович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Богородчанський професійний будівельний ліцей"</t>
+          <t>Яремчанський міжшкільний навчально-виробничий комбінат Яремчанської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>2597</v>
+        <v>3118</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>БПБЛ</t>
-[...6 lines deleted...]
-      </c>
+          <t>МНВК</t>
+        </is>
+      </c>
+      <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>77701</t>
+          <t>78590</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA26040030010017453</t>
+          <t>UA26120150020086268</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
-          <t>с-ще Богородчани</t>
+          <t>с. Микуличин</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 89</t>
+          <t>вул. Грушевського, 7</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>0347121640</t>
+          <t>(03434)39-578</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>scola12@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>mnvk_yaremche@ukr.net</t>
+        </is>
+      </c>
+      <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Іванків Віталій Богданович</t>
+          <t>Стефурак Роман Михайлович</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Брошнівський професійний лісопромисловий ліцей</t>
+          <t>Державний професійно-технічний навчальний заклад "Богородчанський професійний будівельний ліцей"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>2051</v>
+        <v>2597</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E36" s="5"/>
+          <t>БПБЛ</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>State vocational education institution "Bohorodchany professional building lyceum"</t>
+        </is>
+      </c>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>2003</v>
+        <v>1994</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>77611</t>
+          <t>77701</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA26060030010070530</t>
+          <t>UA26040030010017453</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
-          <t>с-ще Брошнів-Осада</t>
+          <t>с-ще Богородчани</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Степана Бандери, 5</t>
+          <t>вул. Шевченка, 89</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>03474 46460</t>
+          <t>0347121640</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>litsey-broshniv@ukr.net</t>
+          <t>scola12@ukr.net</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>www.education.gov.ua</t>
+          <t>https://sites.google.com/view/bpbl</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Іванів Віра Федорівна</t>
+          <t>Іванків Віталій Богданович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Верховинський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Брошнівський професійний лісопромисловий ліцей</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>6946</v>
+        <v>2051</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>1994</v>
+        <v>2003</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J37" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>78700</t>
+          <t>77611</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA26020030010013669</t>
+          <t>UA26060030010070530</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
-          <t>с-ще Верховина</t>
+          <t>с-ще Брошнів-Осада</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Жаб'євська, 80</t>
+          <t>вул. Степана Бандери, 5</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>(067)342-14-34</t>
+          <t>03474 46460</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>stkverh@gmail.com</t>
+          <t>litsey-broshniv@ukr.net</t>
         </is>
       </c>
       <c r="R37" s="5" t="inlineStr">
         <is>
-          <t>https://www.auto-tsou.com/avtoshkola/verkhovyna</t>
+          <t>www.education.gov.ua</t>
         </is>
       </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Скидан Василь Іванович</t>
+          <t>Іванів Віра Федорівна</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Войнилівський професійний ліцей"</t>
+          <t>Верховинський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>2977</v>
+        <v>6946</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Войнилівський ПЛ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>1950</v>
+        <v>1994</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>77312</t>
+          <t>78700</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA26060110010011082</t>
+          <t>UA26020030010013669</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
-          <t>с-ще Войнилів</t>
+          <t>с-ще Верховина</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. 50-річчя УПА, 5</t>
+          <t>вул. Жаб'євська, 80</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+380347296366; +380347296665;</t>
-[...3 lines deleted...]
-      <c r="R38" s="5"/>
+          <t>(067)342-14-34</t>
+        </is>
+      </c>
+      <c r="Q38" s="5" t="inlineStr">
+        <is>
+          <t>stkverh@gmail.com</t>
+        </is>
+      </c>
+      <c r="R38" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/avtoshkola/verkhovyna</t>
+        </is>
+      </c>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Стадник Микола Михайлович</t>
+          <t>Скидан Василь Іванович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Городенківський професійний ліцей"</t>
+          <t>Державний навчальний заклад "Войнилівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>2242</v>
+        <v>2977</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Городенківський ПЛ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Войнилівський ПЛ"</t>
+        </is>
+      </c>
+      <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>1944</v>
+        <v>1950</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>78100</t>
+          <t>77312</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA26080030010035324</t>
+          <t>UA26060110010011082</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
-          <t>м. Городенка</t>
+          <t>с-ще Войнилів</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Станіславська, 1</t>
+          <t>вул. 50-річчя УПА, 5</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>(03430) 21323; 21770</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380347296366; +380347296665;</t>
+        </is>
+      </c>
+      <c r="Q39" s="5"/>
+      <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Совик Василь Петрович</t>
+          <t>Юрків Василь Степанович</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Делятинський міжшкільний навчально-виробничий комбінат Делятинської селищної ради</t>
+          <t>Державний навчальний заклад "Городенківський професійний ліцей"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>2936</v>
+        <v>2242</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E40" s="5"/>
+          <t>ДНЗ "Городенківський ПЛ"</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>State educational institution Gorodenka vocational school</t>
+        </is>
+      </c>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>1989</v>
+        <v>1944</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
-          <t>Делятинська селищна рада об`єднаної територіальної громади</t>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>78442</t>
+          <t>78100</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA26120030010073051</t>
+          <t>UA26080030010035324</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
-          <t>с-ще Делятин</t>
+          <t>м. Городенка</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. 16 Липня, 112</t>
+          <t>вул. Станіславська, 1</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(03475) 4-32-18</t>
+          <t>(03430) 21323; 21770</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>vokmsdelyatyn@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R40" s="5"/>
+          <t>hplif@meta.ua</t>
+        </is>
+      </c>
+      <c r="R40" s="5" t="inlineStr">
+        <is>
+          <t>http://dnzhpl.if.ua</t>
+        </is>
+      </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Сергєєв Валерій Леонідович</t>
+          <t>Совик Василь Петрович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>ДОЛИНСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Делятинський міжшкільний навчально-виробничий комбінат Делятинської селищної ради</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>7033</v>
+        <v>2936</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>Долинська АШ ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J41" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t>Делятинська селищна рада об`єднаної територіальної громади</t>
+        </is>
+      </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>77500</t>
+          <t>78442</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA26060130010099427</t>
+          <t>UA26120030010073051</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>м. Долина</t>
+          <t>с-ще Делятин</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Шептицького, 81</t>
+          <t>вул. 16 Липня, 112</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(066)371-76-33</t>
+          <t>(03475) 4-32-18</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>autoschoolTSOU@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>vokmsdelyatyn@ukr.net</t>
+        </is>
+      </c>
+      <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Урядко Роман Ярославович</t>
+          <t>Сергєєв Валерій Леонідович</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Долинський міжшкільний ресурсний центр Долинської міської ради Івано-Франківської області</t>
+          <t>ДОЛИНСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>2929</v>
+        <v>7033</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>Долинський МРЦ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Долинська АШ ТСОУ</t>
+        </is>
+      </c>
+      <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>2000</v>
+        <v>1993</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>77504</t>
+          <t>77500</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Долина</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Степана Бандери, 2А</t>
+          <t>вул. Шептицького, 81</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(03477)2-93-16</t>
+          <t>(066)371-76-33</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>dolunamnvk@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R42" s="5"/>
+          <t>autoschoolTSOU@i.ua</t>
+        </is>
+      </c>
+      <c r="R42" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/</t>
+        </is>
+      </c>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Левицький Ігор Святославович</t>
+          <t>Урядко Роман Ярославович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Галицький міжшкільний навчально-виробничий комбінат Галицької міської ради Івано-Франківської області</t>
+          <t>Долинський міжшкільний ресурсний центр Долинської міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>3008</v>
+        <v>2929</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>Галицький МНВК</t>
+          <t>Долинський МРЦ</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Galician interschool training and production plant</t>
+          <t>Долинський МНВК</t>
         </is>
       </c>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>77160</t>
+          <t>77504</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA26040090090085543</t>
+          <t>UA26060130010099427</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
-          <t>с. Залуква</t>
+          <t>м. Долина</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Галицька, 12</t>
+          <t>вул. Степана Бандери, 2А</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>0343130349</t>
+          <t>(03477)2-93-16</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>Galmnvk@gmail.com</t>
+          <t>dolunamnvk@ukr.net</t>
         </is>
       </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Климончук Богдан Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Левицький Ігор Святославович</t>
+        </is>
+      </c>
+      <c r="U43" s="8"/>
+      <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Івано-Франківський обласний навчально-курсовий комбінат</t>
+          <t>Галицький міжшкільний навчально-виробничий комбінат Галицької міської ради Івано-Франківської області</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>4153</v>
+        <v>3008</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>Івано-Франківвький ОНКК</t>
-[...2 lines deleted...]
-      <c r="E44" s="5"/>
+          <t>Галицький МНВК</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>Galician interschool training and production plant</t>
+        </is>
+      </c>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
           <t>77160</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA26040090090085543</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>с. Залуква</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
           <t>вул. Галицька, 12</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+034(23)-072-6</t>
+          <t>0343130349</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>iv.onkk@gmail.com</t>
+          <t>Galmnvk@gmail.com</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Ковальчук Богдан Михайлович</t>
-[...3 lines deleted...]
-      <c r="V44" s="5"/>
+          <t>Климончук Богдан Миколайович</t>
+        </is>
+      </c>
+      <c r="U44" s="8" t="n">
+        <v>45888</v>
+      </c>
+      <c r="V44" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Коршівський професійний аграрний ліцей"</t>
+          <t>Івано-Франківський обласний навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>2520</v>
+        <v>4153</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Коршівський ПАЛ"</t>
+          <t>Івано-Франківвький ОНКК</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1984</v>
+        <v>1995</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>78240</t>
+          <t>77160</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA26080090010022407</t>
+          <t>UA26040090090085543</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
-          <t>с. Коршів</t>
+          <t>с. Залуква</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Зелена, 38 А</t>
+          <t>вул. Галицька, 12</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+380-(67)-370-11-27</t>
+          <t>+034(23)-072-6</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>kpal.if@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>iv.onkk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Іваночко Оксана Дмитрівна</t>
+          <t>Ковальчук Богдан Михайлович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Косівський спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Коршівський професійний аграрний ліцей"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>7032</v>
+        <v>2520</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>Косівський СТК ТСОУ</t>
+          <t>ДНЗ "Коршівський ПАЛ"</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
-      <c r="G46" s="6"/>
+      <c r="G46" s="6" t="n">
+        <v>1984</v>
+      </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J46" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>78600</t>
+          <t>78240</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA26100010010026473</t>
+          <t>UA26080090010022407</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
-          <t>м. Косів</t>
+          <t>с. Коршів</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Черемшини, 8а</t>
+          <t>вул. Зелена, 38 А</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(067)342-16-69</t>
+          <t>+380-(67)-370-11-27</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>kosiv_stk_tso@i.ua</t>
-[...2 lines deleted...]
-      <c r="R46" s="5"/>
+          <t>kpal.if@ukr.net</t>
+        </is>
+      </c>
+      <c r="R46" s="5" t="inlineStr">
+        <is>
+          <t>http://kpal.if.ua</t>
+        </is>
+      </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Грималюк Василь Юрійович</t>
+          <t>Іваночко Оксана Дмитрівна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Кутський професійний ліцей"</t>
+          <t>Косівський спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>2276</v>
+        <v>7032</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Кутський ПЛ"</t>
+          <t>Косівський СТК ТСОУ</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
-      <c r="G47" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G47" s="6"/>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>78665</t>
+          <t>78600</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA26100050010044811</t>
+          <t>UA26100010010026473</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>с-ще Кути</t>
+          <t>м. Косів</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянської, 40</t>
+          <t>вул. Черемшини, 8а</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>034 78 2 00 01</t>
+          <t>(067)342-16-69</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>kpl36@ukr.net</t>
+          <t>kosiv_stk_tso@i.ua</t>
         </is>
       </c>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Кравчук Наталія Георгіївна</t>
+          <t>Грималюк Василь Юрійович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Надвірнянське професійно-технічне училище №11</t>
+          <t>Державний навчальний заклад "Кутський професійний ліцей"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>2605</v>
+        <v>2276</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>Надвірнянське ПТУ №11</t>
+          <t>ДНЗ "Кутський ПЛ"</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>1971</v>
+        <v>2000</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>78400</t>
+          <t>78665</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA26120070010010041</t>
+          <t>UA26100050010044811</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Надвірна</t>
+          <t>с-ще Кути</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Української Армії, 3</t>
+          <t>вул. Кобилянської, 40</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>0347525011</t>
-[...6 lines deleted...]
-      </c>
+          <t>45502;</t>
+        </is>
+      </c>
+      <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Микитюк Ігор Григорович</t>
+          <t>Кравчук Наталія Георгіївна</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Надвірнянський міжшкільний навчально-виробничий комбінат</t>
+          <t>Надвірнянське професійно-технічне училище №11</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>2941</v>
+        <v>2605</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>Надвірнянський МНВК</t>
+          <t>Надвірнянське ПТУ №11</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>1978</v>
+        <v>1971</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
           <t>78400</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Надвірна</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 1 Б</t>
+          <t>вул. Української Армії, 3</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>29019,25057,(099)094-16-08</t>
+          <t>0347525011</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>nad_mnvk@ukr.net</t>
+          <t>ptu11_nadv@meta.ua</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Штаєр Омелян Семенович</t>
+          <t>Микитюк Ігор Григорович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>НАФТОГАЗОВИДОБУВНЕ УПРАВЛІННЯ "НАДВІРНАНАФТОГАЗ" АКЦІОНЕРНОГО ТОВАРИСТВА "УКРНАФТА"</t>
+          <t>Надвірнянський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>4396</v>
-[...3 lines deleted...]
-      </c>
+        <v>2941</v>
+      </c>
+      <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Надвірнянський МНВК</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
-      <c r="G50" s="6"/>
+      <c r="G50" s="6" t="n">
+        <v>1978</v>
+      </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J50" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
           <t>78400</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Надвірна</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушевського, 13</t>
+          <t>вул. Шевченка, 1 Б</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>03475 225 24</t>
-[...7 lines deleted...]
-      </c>
+          <t>29019,25057,(099)094-16-08</t>
+        </is>
+      </c>
+      <c r="Q50" s="5" t="inlineStr">
+        <is>
+          <t>nad_mnvk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>В.о. начальника НГВУ "Надвірнанафтогаз"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Владига Володимир Миколайович</t>
+          <t>Штаєр Омелян Семенович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Отинійський професійний ліцей енергетичних технологій"</t>
+          <t>НАФТОГАЗОВИДОБУВНЕ УПРАВЛІННЯ "НАДВІРНАНАФТОГАЗ" АКЦІОНЕРНОГО ТОВАРИСТВА "УКРНАФТА"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>2573</v>
-[...1 lines deleted...]
-      <c r="C51" s="6"/>
+        <v>4396</v>
+      </c>
+      <c r="C51" s="6" t="n">
+        <v>4356</v>
+      </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ОПЛЕТ</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E51" s="5"/>
       <c r="F51" s="7"/>
-      <c r="G51" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G51" s="6"/>
       <c r="H51" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J51" s="5"/>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>78223</t>
+          <t>78400</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA26080150010078091</t>
+          <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>с-ще Отинія</t>
+          <t>м. Надвірна</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових Стрільців, 10</t>
+          <t>вул. Грушевського, 13</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+380343362380; +380343362163;</t>
+          <t>03475 225 24</t>
         </is>
       </c>
       <c r="Q51" s="5"/>
-      <c r="R51" s="5"/>
+      <c r="R51" s="5" t="inlineStr">
+        <is>
+          <t>www.ukrnafta.com</t>
+        </is>
+      </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>В.о. начальника НГВУ "Надвірнанафтогаз"</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Іванків Петро Степанович</t>
+          <t>Владига Володимир Миколайович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Перегінський міжшкільний навчально-виробничий комбінат</t>
+          <t>Державний професійно-технічний навчальний заклад "Отинійський професійний ліцей енергетичних технологій"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>3006</v>
+        <v>2573</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>Перегінський МНВК</t>
-[...2 lines deleted...]
-      <c r="E52" s="5"/>
+          <t>ОПЛЕТ</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>"Otyniyskaya professional lyceum energy technologies"</t>
+        </is>
+      </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1984</v>
+        <v>1954</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>77662</t>
+          <t>78223</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA26060210010093770</t>
+          <t>UA26080150010078091</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>с-ще Перегінське</t>
+          <t>с-ще Отинія</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Сотенного Довбуша, 4</t>
+          <t>вул. Січових Стрільців, 10</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>03474-98-614</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380343362380; +380343362163;</t>
+        </is>
+      </c>
+      <c r="Q52" s="5"/>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Стоцький Роман Романович</t>
+          <t>Іванків Петро Степанович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ПРЕМІУМ АВТО СКУЛ"</t>
+          <t>Перегінський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>6827</v>
+        <v>3006</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ПРЕМІУМ АВТО СКУЛ"</t>
+          <t>Перегінський МНВК</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2022</v>
+        <v>1984</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J53" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t>Районна рада</t>
+        </is>
+      </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
           <t>77662</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA26060210010093770</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>с-ще Перегінське</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових Стрільців, 26</t>
+          <t>вул. Сотенного Довбуша, 4</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(068)201-00-85</t>
+          <t>03474-98-614</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>premium_avto@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>mnvkper@ukr.net</t>
+        </is>
+      </c>
+      <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Абрам Надія Сергіївна</t>
+          <t>Стоцький Роман Романович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Рожнятівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю "ПРЕМІУМ АВТО СКУЛ"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>7154</v>
+        <v>6827</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>Рожнятівський районний спортивно-технічний клуб ТСОУ</t>
+          <t>ТОВ "ПРЕМІУМ АВТО СКУЛ"</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1978</v>
+        <v>2022</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J54" s="5"/>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>77601</t>
+          <t>77662</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA26060230010077999</t>
+          <t>UA26060210010093770</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>с-ще Рожнятів</t>
+          <t>с-ще Перегінське</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна, 6</t>
+          <t>вул. Січових Стрільців, 26</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(050)373-93-92</t>
+          <t>(068)201-00-85</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>tso.rozhnyativ@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R54" s="5"/>
+          <t>premium_avto@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5" t="inlineStr">
+        <is>
+          <t>http://premium-auto-school.if.ua/</t>
+        </is>
+      </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Мокрій Людмила Андріївна</t>
+          <t>Абрам Надія Сергіївна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Яблунівський міжшкільний навчально-виробничий комбінат Яблунівської селищної ради Косівського району Івано-Франківської області</t>
+          <t>Рожнятівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>7181</v>
+        <v>7154</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>Яблунівський МНВК</t>
+          <t>Рожнятівський районний спортивно-технічний клуб ТСОУ</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>2002</v>
+        <v>1978</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J55" s="5"/>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>78621</t>
+          <t>77601</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA26100090010053589</t>
+          <t>UA26060230010077999</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>с-ще Яблунів</t>
+          <t>с-ще Рожнятів</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Франка, 18</t>
+          <t>вул. Набережна, 6</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(097)440-39-80</t>
+          <t>(050)373-93-92</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>yab.mnvk@gmail.com</t>
+          <t>tso.rozhnyativ@gmail.com</t>
         </is>
       </c>
       <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Негрич Іван Миколайович</t>
+          <t>Мокрій Людмила Андріївна</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="inlineStr">
+        <is>
+          <t>Комунальний заклад Яблунівський міжшкільний навчально-виробничий комбінат Яблунівської селищної ради Косівського району Івано-Франківської області</t>
+        </is>
+      </c>
+      <c r="B56" s="6" t="n">
+        <v>7181</v>
+      </c>
+      <c r="C56" s="6"/>
+      <c r="D56" s="5" t="inlineStr">
+        <is>
+          <t>Яблунівський МНВК</t>
+        </is>
+      </c>
+      <c r="E56" s="5"/>
+      <c r="F56" s="7"/>
+      <c r="G56" s="6" t="n">
+        <v>2002</v>
+      </c>
+      <c r="H56" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I56" s="5" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J56" s="5" t="inlineStr">
+        <is>
+          <t>Селищна рада</t>
+        </is>
+      </c>
+      <c r="K56" s="7" t="inlineStr">
+        <is>
+          <t>78621</t>
+        </is>
+      </c>
+      <c r="L56" s="7" t="inlineStr">
+        <is>
+          <t>UA26100090010053589</t>
+        </is>
+      </c>
+      <c r="M56" s="5" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл.</t>
+        </is>
+      </c>
+      <c r="N56" s="5" t="inlineStr">
+        <is>
+          <t>с-ще Яблунів</t>
+        </is>
+      </c>
+      <c r="O56" s="5" t="inlineStr">
+        <is>
+          <t>вул. Франка, 18</t>
+        </is>
+      </c>
+      <c r="P56" s="5" t="inlineStr">
+        <is>
+          <t>(097)440-39-80</t>
+        </is>
+      </c>
+      <c r="Q56" s="5" t="inlineStr">
+        <is>
+          <t>yab.mnvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R56" s="5"/>
+      <c r="S56" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T56" s="5" t="inlineStr">
+        <is>
+          <t>Негрич Іван Миколайович</t>
+        </is>
+      </c>
+      <c r="U56" s="8"/>
+      <c r="V56" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V55"/>
+  <autoFilter ref="A1:V56"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>