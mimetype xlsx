--- v2 (2026-01-26)
+++ v3 (2026-03-19)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$56</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$57</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V56"/>
+  <dimension ref="A1:V57"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -922,58 +922,52 @@
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>0961363877</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>pbl5if@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>ifpbl.if.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
           <t>Гузар Ольга Іванівна</t>
         </is>
       </c>
-      <c r="U8" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U8" s="8"/>
+      <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківський професійний політехнічний ліцей</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>1660</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>ІФ ППЛ</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>1985</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -3512,79 +3506,83 @@
           <t>ДНЗ "Войнилівський ПЛ"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
         <v>1950</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>77312</t>
+          <t>77316</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
           <t>UA26060110010011082</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>с-ще Войнилів</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
           <t>вул. 50-річчя УПА, 5</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+380347296366; +380347296665;</t>
-[...2 lines deleted...]
-      <c r="Q39" s="5"/>
+          <t>+38(034)-729-63-66</t>
+        </is>
+      </c>
+      <c r="Q39" s="5" t="inlineStr">
+        <is>
+          <t>vpl1963@ukr.net</t>
+        </is>
+      </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
           <t>Юрків Василь Степанович</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
           <t>Державний навчальний заклад "Городенківський професійний ліцей"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
         <v>2242</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
@@ -3725,51 +3723,51 @@
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
           <t>вул. 16 Липня, 112</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
           <t>(03475) 4-32-18</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
           <t>vokmsdelyatyn@ukr.net</t>
         </is>
       </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Сергєєв Валерій Леонідович</t>
+          <t>Морозова Наталія Романівна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>ДОЛИНСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
         <v>7033</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t>Долинська АШ ТСОУ</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
         <v>1993</v>
       </c>
@@ -4309,55 +4307,63 @@
           <t>78665</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
           <t>UA26100050010044811</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>с-ще Кути</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
           <t>вул. Кобилянської, 40</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>45502;</t>
-[...3 lines deleted...]
-      <c r="R48" s="5"/>
+          <t>+38(034)-782-00-01</t>
+        </is>
+      </c>
+      <c r="Q48" s="5" t="inlineStr">
+        <is>
+          <t>kpl36@ukr.net</t>
+        </is>
+      </c>
+      <c r="R48" s="5" t="inlineStr">
+        <is>
+          <t>https://kuty.licey.org.ua/</t>
+        </is>
+      </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
           <t>Кравчук Наталія Георгіївна</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>Надвірнянське професійно-технічне училище №11</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
         <v>2605</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
@@ -4553,490 +4559,582 @@
           <t>78400</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Надвірна</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
           <t>вул. Грушевського, 13</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>03475 225 24</t>
-[...2 lines deleted...]
-      <c r="Q51" s="5"/>
+          <t>+38(034)-752-25-24</t>
+        </is>
+      </c>
+      <c r="Q51" s="5" t="inlineStr">
+        <is>
+          <t>Andrii.Maksymiak@Ukrnafta.com</t>
+        </is>
+      </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
           <t>www.ukrnafta.com</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>В.о. начальника НГВУ "Надвірнанафтогаз"</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
           <t>Владига Володимир Миколайович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Отинійський професійний ліцей енергетичних технологій"</t>
+          <t>Організація (установа, заклад) об'єднання громадян Надвірнянський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>2573</v>
+        <v>7301</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ОПЛЕТ</t>
-[...6 lines deleted...]
-      </c>
+          <t>СТУ ТСО України</t>
+        </is>
+      </c>
+      <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1954</v>
+        <v>1993</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J52" s="5"/>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>78223</t>
+          <t>78400</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA26080150010078091</t>
+          <t>UA26120070010010041</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>с-ще Отинія</t>
+          <t>м. Надвірна</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових Стрільців, 10</t>
+          <t>вул. вул. П. Мирного, 1</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>+380343362380; +380343362163;</t>
-[...2 lines deleted...]
-      <c r="Q52" s="5"/>
+          <t>(067)342-16-02</t>
+        </is>
+      </c>
+      <c r="Q52" s="5" t="inlineStr">
+        <is>
+          <t>nadvirnyanskiystk@gmail.com</t>
+        </is>
+      </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Іванків Петро Степанович</t>
+          <t>Плешивенко Ольга Борисівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Перегінський міжшкільний навчально-виробничий комбінат</t>
+          <t>Державний професійно-технічний навчальний заклад "Отинійський професійний ліцей енергетичних технологій"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>3006</v>
+        <v>2573</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>Перегінський МНВК</t>
-[...2 lines deleted...]
-      <c r="E53" s="5"/>
+          <t>ОПЛЕТ</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>"Otyniyskaya professional lyceum energy technologies"</t>
+        </is>
+      </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1984</v>
+        <v>1954</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Департамент освіти і науки Івано-Франківської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>77662</t>
+          <t>78223</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA26060210010093770</t>
+          <t>UA26080150010078091</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>с-ще Перегінське</t>
+          <t>с-ще Отинія</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Сотенного Довбуша, 4</t>
+          <t>вул. Січових Стрільців, 10</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>03474-98-614</t>
+          <t>+38(034)-336-23-80</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>mnvkper@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R53" s="5"/>
+          <t>oplet@meta.ua</t>
+        </is>
+      </c>
+      <c r="R53" s="5" t="inlineStr">
+        <is>
+          <t>https://oplet.ivano-frankivsk.ua/</t>
+        </is>
+      </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Стоцький Роман Романович</t>
+          <t>Іванків Петро Степанович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ПРЕМІУМ АВТО СКУЛ"</t>
+          <t>Перегінський міжшкільний навчально-виробничий комбінат</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>6827</v>
+        <v>3006</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ПРЕМІУМ АВТО СКУЛ"</t>
+          <t>Перегінський МНВК</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>2022</v>
+        <v>1984</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J54" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J54" s="5" t="inlineStr">
+        <is>
+          <t>Районна рада</t>
+        </is>
+      </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
           <t>77662</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA26060210010093770</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>с-ще Перегінське</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових Стрільців, 26</t>
+          <t>вул. Сотенного Довбуша, 4</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(068)201-00-85</t>
+          <t>03474-98-614</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>premium_avto@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>mnvkper@ukr.net</t>
+        </is>
+      </c>
+      <c r="R54" s="5"/>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Абрам Надія Сергіївна</t>
+          <t>Стоцький Роман Романович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Рожнятівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Товариство з обмеженою відповідальністю "ПРЕМІУМ АВТО СКУЛ"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>7154</v>
+        <v>6827</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>Рожнятівський районний спортивно-технічний клуб ТСОУ</t>
+          <t>ТОВ "ПРЕМІУМ АВТО СКУЛ"</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1978</v>
+        <v>2022</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J55" s="5"/>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>77601</t>
+          <t>77662</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA26060230010077999</t>
+          <t>UA26060210010093770</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>с-ще Рожнятів</t>
+          <t>с-ще Перегінське</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна, 6</t>
+          <t>вул. Січових Стрільців, 26</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(050)373-93-92</t>
+          <t>(068)201-00-85</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>tso.rozhnyativ@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R55" s="5"/>
+          <t>premium_avto@ukr.net</t>
+        </is>
+      </c>
+      <c r="R55" s="5" t="inlineStr">
+        <is>
+          <t>http://premium-auto-school.if.ua/</t>
+        </is>
+      </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Мокрій Людмила Андріївна</t>
+          <t>Абрам Надія Сергіївна</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад Яблунівський міжшкільний навчально-виробничий комбінат Яблунівської селищної ради Косівського району Івано-Франківської області</t>
+          <t>Рожнятівський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>7181</v>
+        <v>7154</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Яблунівський МНВК</t>
+          <t>Рожнятівський районний спортивно-технічний клуб ТСОУ</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>2002</v>
+        <v>1978</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J56" s="5"/>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>78621</t>
+          <t>77601</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA26100090010053589</t>
+          <t>UA26060230010077999</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>с-ще Яблунів</t>
+          <t>с-ще Рожнятів</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Франка, 18</t>
+          <t>вул. Набережна, 6</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>(097)440-39-80</t>
+          <t>(050)373-93-92</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>yab.mnvk@gmail.com</t>
+          <t>tso.rozhnyativ@gmail.com</t>
         </is>
       </c>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Негрич Іван Миколайович</t>
+          <t>Мокрій Людмила Андріївна</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="inlineStr">
+        <is>
+          <t>Комунальний заклад Яблунівський міжшкільний навчально-виробничий комбінат Яблунівської селищної ради Косівського району Івано-Франківської області</t>
+        </is>
+      </c>
+      <c r="B57" s="6" t="n">
+        <v>7181</v>
+      </c>
+      <c r="C57" s="6"/>
+      <c r="D57" s="5" t="inlineStr">
+        <is>
+          <t>Яблунівський МНВК</t>
+        </is>
+      </c>
+      <c r="E57" s="5"/>
+      <c r="F57" s="7"/>
+      <c r="G57" s="6" t="n">
+        <v>2002</v>
+      </c>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I57" s="5" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J57" s="5" t="inlineStr">
+        <is>
+          <t>Селищна рада</t>
+        </is>
+      </c>
+      <c r="K57" s="7" t="inlineStr">
+        <is>
+          <t>78621</t>
+        </is>
+      </c>
+      <c r="L57" s="7" t="inlineStr">
+        <is>
+          <t>UA26100090010053589</t>
+        </is>
+      </c>
+      <c r="M57" s="5" t="inlineStr">
+        <is>
+          <t>Івано-Франківська обл.</t>
+        </is>
+      </c>
+      <c r="N57" s="5" t="inlineStr">
+        <is>
+          <t>с-ще Яблунів</t>
+        </is>
+      </c>
+      <c r="O57" s="5" t="inlineStr">
+        <is>
+          <t>вул. Франка, 18</t>
+        </is>
+      </c>
+      <c r="P57" s="5" t="inlineStr">
+        <is>
+          <t>(097)440-39-80</t>
+        </is>
+      </c>
+      <c r="Q57" s="5" t="inlineStr">
+        <is>
+          <t>yab.mnvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R57" s="5"/>
+      <c r="S57" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T57" s="5" t="inlineStr">
+        <is>
+          <t>Негрич Іван Миколайович</t>
+        </is>
+      </c>
+      <c r="U57" s="8"/>
+      <c r="V57" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V56"/>
+  <autoFilter ref="A1:V57"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>