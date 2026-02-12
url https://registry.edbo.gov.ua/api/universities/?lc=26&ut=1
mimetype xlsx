--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -936,56 +936,56 @@
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 57</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
           <t>(0342) 75 23 51</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
           <t>office@pnu.edu.ua</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
           <t>https://pnu.edu.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Цепенда Ігор Євгенович</t>
+          <t>Якубів Валентина Михайлівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Коледж бізнесу та інформатики приватного вищого навчального закладу "Галицька академія"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>1448</v>
       </c>
       <c r="C9" s="6" t="n">
         <v>336</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t>College of business and informatics of Private higher educational establishment "Galytska Academy”</t>
@@ -1124,52 +1124,58 @@
       <c r="P10" s="5" t="inlineStr">
         <is>
           <t>(0342) 71 51 71</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
           <t>academy@imega.edu.ua</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
           <t>http://www.imega.edu.ua/</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
           <t>Савич Олег Васильович</t>
         </is>
       </c>
-      <c r="U10" s="8"/>
-      <c r="V10" s="5"/>
+      <c r="U10" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V10" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти "Івано-Франківська академія Івана Золотоустого"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>4216</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>ПЗВО "ІВАНО-ФРАНКІВСЬКА АКАДЕМІЯ ІВАНА ЗОЛОТОУСТОГО"</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>Рrivate Higher Education Institution «Ivano-Frankivsk Academy Ivana Zolotoustoho»</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
         <v>2018</v>
       </c>
@@ -1783,51 +1789,51 @@
         <is>
           <t>КДІДМ</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>Kosiv State Institute of Decorative Art</t>
         </is>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
         <v>2024</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J18" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K18" s="7" t="inlineStr">
         <is>
           <t>78601</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA26100010010026473</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Івано-Франківська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Косів</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>вул. Міцкевича, 2</t>