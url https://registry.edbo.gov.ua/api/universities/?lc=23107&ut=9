--- v0 (2025-10-21)
+++ v1 (2026-02-12)
@@ -384,56 +384,56 @@
           <t>м. Мелітополь</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>просп. 50-річчя Перемоги, 19</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(067)258 82 98</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>mfpek@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://sites.google.com/view/mfpek</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Д`ячкова Інна Василівна</t>
+          <t>Казачук Анатолій Васильович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Мелітопольський фаховий коледж Таврійського державного агротехнологічного університету імені Дмитра Моторного"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1120</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>148</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ВСП "Мелітопольський коледж ТДАТУ"</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Separated Structural Subdivision "Melitopol Professional College of Dmytro Motornyi Tavria State Agrotechnological University"</t>